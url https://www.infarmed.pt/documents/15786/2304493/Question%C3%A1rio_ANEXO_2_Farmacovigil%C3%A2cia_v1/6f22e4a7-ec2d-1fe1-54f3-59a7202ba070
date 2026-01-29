--- v0 (2025-10-06)
+++ v1 (2026-01-29)
@@ -82,139 +82,139 @@
     </w:p>
     <w:p w14:paraId="476F63F2" w14:textId="175A0F10" w:rsidR="00725E84" w:rsidRDefault="00725E84" w:rsidP="00725E84">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Rockwell" w:hAnsi="Rockwell" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="75008B9C" w14:textId="77777777" w:rsidR="00725E84" w:rsidRDefault="00725E84" w:rsidP="00725E84">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Rockwell" w:hAnsi="Rockwell" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="0475A699" w14:textId="7B345708" w:rsidR="00725E84" w:rsidRDefault="00AC5846" w:rsidP="00725E84">
+    <w:p w14:paraId="0475A699" w14:textId="7B345708" w:rsidR="00725E84" w:rsidRPr="003C4AED" w:rsidRDefault="00AC5846" w:rsidP="00725E84">
       <w:pPr>
         <w:pStyle w:val="Ttulo2"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="00B0F0"/>
-          <w:sz w:val="56"/>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00AC5846">
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003C4AED">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="00B0F0"/>
-          <w:sz w:val="56"/>
-          <w:szCs w:val="44"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
         </w:rPr>
         <w:t>Direção de Gestão do Risco de Medicamentos (DGRM)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="21FBDA66" w14:textId="55F644B5" w:rsidR="00E14610" w:rsidRDefault="00E14610" w:rsidP="00E14610">
       <w:pPr>
         <w:rPr>
           <w:lang w:eastAsia="pt-PT"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="63B6C2CC" w14:textId="755BED4A" w:rsidR="00E14610" w:rsidRDefault="00E14610" w:rsidP="00E14610">
       <w:pPr>
         <w:rPr>
           <w:lang w:eastAsia="pt-PT"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="62AB2046" w14:textId="77777777" w:rsidR="00E14610" w:rsidRPr="00E14610" w:rsidRDefault="00E14610" w:rsidP="00E14610">
       <w:pPr>
         <w:rPr>
           <w:lang w:eastAsia="pt-PT"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="1A61A0F4" w14:textId="77777777" w:rsidR="00725E84" w:rsidRPr="00725E84" w:rsidRDefault="00725E84" w:rsidP="00725E84">
       <w:pPr>
         <w:rPr>
           <w:lang w:eastAsia="pt-PT"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="6663B135" w14:textId="77777777" w:rsidR="00725E84" w:rsidRDefault="00725E84" w:rsidP="00725E84">
+    <w:p w14:paraId="6663B135" w14:textId="77777777" w:rsidR="00725E84" w:rsidRPr="00FF0A1C" w:rsidRDefault="00725E84" w:rsidP="00725E84">
       <w:pPr>
         <w:pStyle w:val="Ttulo2"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:color w:val="auto"/>
-          <w:sz w:val="36"/>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00725E84">
+          <w:sz w:val="52"/>
+          <w:szCs w:val="52"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FF0A1C">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:color w:val="auto"/>
-          <w:sz w:val="36"/>
-          <w:szCs w:val="40"/>
+          <w:sz w:val="52"/>
+          <w:szCs w:val="52"/>
         </w:rPr>
         <w:t xml:space="preserve">Questionário para Auscultação </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="70A0B4DC" w14:textId="4F681112" w:rsidR="00725E84" w:rsidRPr="00725E84" w:rsidRDefault="00725E84" w:rsidP="00725E84">
+    <w:p w14:paraId="70A0B4DC" w14:textId="4F681112" w:rsidR="00725E84" w:rsidRPr="00FF0A1C" w:rsidRDefault="00725E84" w:rsidP="00725E84">
       <w:pPr>
         <w:pStyle w:val="Ttulo2"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:color w:val="auto"/>
-          <w:sz w:val="36"/>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00725E84">
+          <w:sz w:val="52"/>
+          <w:szCs w:val="52"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FF0A1C">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:color w:val="auto"/>
-          <w:sz w:val="36"/>
-          <w:szCs w:val="40"/>
+          <w:sz w:val="52"/>
+          <w:szCs w:val="52"/>
         </w:rPr>
         <w:t>de Associações de Pessoas com Doença</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6FBCC5EC" w14:textId="77777777" w:rsidR="00725E84" w:rsidRDefault="00725E84" w:rsidP="00725E84">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Rockwell" w:hAnsi="Rockwell" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="387E1575" w14:textId="353195A5" w:rsidR="00725E84" w:rsidRDefault="00725E84" w:rsidP="00725E84">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Rockwell" w:hAnsi="Rockwell" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
@@ -223,371 +223,217 @@
     </w:p>
     <w:p w14:paraId="4A46B66E" w14:textId="15D16B7C" w:rsidR="001C188D" w:rsidRDefault="001C188D" w:rsidP="00725E84">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Rockwell" w:hAnsi="Rockwell" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="1E153F81" w14:textId="3031E7F8" w:rsidR="001C188D" w:rsidRDefault="001C188D" w:rsidP="00725E84">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Rockwell" w:hAnsi="Rockwell" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="059CE01A" w14:textId="6E4DF21A" w:rsidR="001C188D" w:rsidRDefault="001C188D" w:rsidP="00725E84">
+    <w:p w14:paraId="059CE01A" w14:textId="3AD27831" w:rsidR="001C188D" w:rsidRDefault="001C188D" w:rsidP="00725E84">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Rockwell" w:hAnsi="Rockwell" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="7C54F215" w14:textId="61D80DF5" w:rsidR="00725E84" w:rsidRDefault="00725E84" w:rsidP="00725E84">
+    <w:p w14:paraId="3759D2C8" w14:textId="0BF81A7A" w:rsidR="003B76ED" w:rsidRDefault="003B76ED" w:rsidP="00725E84">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...219 lines deleted...]
-    <w:p w14:paraId="3DFAE4A4" w14:textId="77777777" w:rsidR="001C188D" w:rsidRDefault="001C188D" w:rsidP="00725E84">
+          <w:rFonts w:ascii="Rockwell" w:hAnsi="Rockwell" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="481C694D" w14:textId="0500848B" w:rsidR="003B76ED" w:rsidRDefault="003B76ED" w:rsidP="00725E84">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...4 lines deleted...]
-    <w:p w14:paraId="04ECC64A" w14:textId="77777777" w:rsidR="001C188D" w:rsidRDefault="001C188D" w:rsidP="00725E84">
+          <w:rFonts w:ascii="Rockwell" w:hAnsi="Rockwell" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7FE98C9A" w14:textId="3DC3F46B" w:rsidR="003B76ED" w:rsidRDefault="003B76ED" w:rsidP="00725E84">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...4 lines deleted...]
-    <w:p w14:paraId="389C536F" w14:textId="116CD480" w:rsidR="00725E84" w:rsidRPr="008637AE" w:rsidRDefault="001C188D" w:rsidP="001C188D">
+          <w:rFonts w:ascii="Rockwell" w:hAnsi="Rockwell" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="21848C1B" w14:textId="74FFBC7A" w:rsidR="003B76ED" w:rsidRDefault="003B76ED" w:rsidP="00725E84">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Rockwell" w:hAnsi="Rockwell" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="11EE77E7" w14:textId="77777777" w:rsidR="003B76ED" w:rsidRDefault="003B76ED" w:rsidP="00725E84">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Rockwell" w:hAnsi="Rockwell" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="389C536F" w14:textId="6332DF88" w:rsidR="00725E84" w:rsidRPr="008637AE" w:rsidRDefault="001C188D" w:rsidP="001C188D">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008637AE">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Este documento poderá ser atualizado periodicamente. Por favor, consulte o site do INFARMED,</w:t>
       </w:r>
       <w:r w:rsidR="00182D87">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="008637AE">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>I.P. (</w:t>
+        <w:t xml:space="preserve">I.P. </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="0" w:name="_Hlk209706056"/>
+      <w:r w:rsidRPr="008637AE">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>(</w:t>
       </w:r>
       <w:hyperlink r:id="rId8" w:history="1">
-        <w:r w:rsidRPr="008637AE">
+        <w:r w:rsidR="002D5276" w:rsidRPr="002635D7">
           <w:rPr>
             <w:rStyle w:val="Hiperligao"/>
             <w:rFonts w:cstheme="minorHAnsi"/>
             <w:i/>
             <w:iCs/>
-            <w:color w:val="0070C0"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
           </w:rPr>
-          <w:t>www.infarmed.pt</w:t>
+          <w:t>https://www.infarmed.pt/web/infarmed/cidadaos/participar</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="008637AE">
+      <w:r w:rsidR="002D5276">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>) para aceder à versão atualizada.</w:t>
+        <w:t xml:space="preserve"> - selecionar o separador “Farmacovigilância”</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008637AE">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) </w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="0"/>
+      <w:r w:rsidRPr="008637AE">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>para aceder à versão atualizada.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1E6BF17A" w14:textId="22DF9633" w:rsidR="001C188D" w:rsidRDefault="001C188D">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
         </w:rPr>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="1B1E4538" w14:textId="241CE9EE" w:rsidR="00E14610" w:rsidRDefault="00E14610" w:rsidP="00410177">
       <w:pPr>
         <w:rPr>
           <w:lang w:eastAsia="pt-PT"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="044724A9" w14:textId="77777777" w:rsidR="002914AE" w:rsidRDefault="002914AE" w:rsidP="00410177">
@@ -607,51 +453,51 @@
     <w:p w14:paraId="41E78EF7" w14:textId="0ADFCCEF" w:rsidR="00323480" w:rsidRPr="008637AE" w:rsidRDefault="00410177" w:rsidP="009D51A6">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="00B0F0"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
           <w:lang w:eastAsia="pt-PT"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008637AE">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="00B0F0"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
           <w:lang w:eastAsia="pt-PT"/>
         </w:rPr>
         <w:t>Objetivo do questionário</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="49FC604E" w14:textId="76B2533C" w:rsidR="00321305" w:rsidRDefault="00410177" w:rsidP="00410177">
+    <w:p w14:paraId="49FC604E" w14:textId="048DDB17" w:rsidR="00321305" w:rsidRDefault="00410177" w:rsidP="00410177">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cstheme="minorHAnsi"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008637AE">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cstheme="minorHAnsi"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">O </w:t>
       </w:r>
       <w:r w:rsidR="003740C8" w:rsidRPr="008637AE">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cstheme="minorHAnsi"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">conhecimento, as </w:t>
       </w:r>
@@ -679,51 +525,69 @@
         </w:rPr>
         <w:t xml:space="preserve"> de medicamentos. </w:t>
       </w:r>
       <w:r w:rsidR="003A0CE1" w:rsidRPr="008637AE">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cstheme="minorHAnsi"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Os</w:t>
       </w:r>
       <w:r w:rsidR="003740C8" w:rsidRPr="008637AE">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cstheme="minorHAnsi"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> materiais </w:t>
       </w:r>
       <w:r w:rsidR="003A0CE1" w:rsidRPr="008637AE">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cstheme="minorHAnsi"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">educacionais são medidas adicionais de minimização do risco que </w:t>
+        <w:t xml:space="preserve">educacionais são </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="003A0CE1" w:rsidRPr="008637AE">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>medidas</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="003A0CE1" w:rsidRPr="008637AE">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> adicionais de minimização do risco que </w:t>
       </w:r>
       <w:r w:rsidR="003740C8" w:rsidRPr="008637AE">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cstheme="minorHAnsi"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">têm por objetivo </w:t>
       </w:r>
       <w:r w:rsidR="003A0CE1" w:rsidRPr="008637AE">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cstheme="minorHAnsi"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>aumentar a consciencialização sobre riscos específicos dos medicamentos</w:t>
       </w:r>
       <w:r w:rsidR="003C3EB6">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cstheme="minorHAnsi"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> e como os minimizar ou gerir adequadamente, e utilizam-se quando a informação que consta no Folheto informativo e/ou </w:t>
       </w:r>
@@ -855,70 +719,78 @@
         </w:rPr>
         <w:t xml:space="preserve">profissional de saúde e </w:t>
       </w:r>
       <w:r w:rsidR="00321305">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cstheme="minorHAnsi"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">o </w:t>
       </w:r>
       <w:r w:rsidR="003C3EB6">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cstheme="minorHAnsi"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>doente sobre esses mesmos riscos, de modo a</w:t>
       </w:r>
       <w:r w:rsidR="003A0CE1" w:rsidRPr="008637AE">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cstheme="minorHAnsi"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve"> maximizar a sua utilização segura</w:t>
+        <w:t xml:space="preserve"> maximizar a utilização segura</w:t>
+      </w:r>
+      <w:r w:rsidR="00077A23">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> dos medicamentos</w:t>
       </w:r>
       <w:r w:rsidR="003740C8" w:rsidRPr="008637AE">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cstheme="minorHAnsi"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="002914AE" w:rsidRPr="002914AE">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cstheme="minorHAnsi"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="57C77D55" w14:textId="285D707F" w:rsidR="00410177" w:rsidRPr="008637AE" w:rsidRDefault="002914AE" w:rsidP="00410177">
+    <w:p w14:paraId="57C77D55" w14:textId="0D1FD07F" w:rsidR="00410177" w:rsidRPr="008637AE" w:rsidRDefault="002914AE" w:rsidP="00410177">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cstheme="minorHAnsi"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008637AE">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cstheme="minorHAnsi"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Este questionário</w:t>
       </w:r>
       <w:r w:rsidR="00321305">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cstheme="minorHAnsi"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
@@ -932,187 +804,204 @@
       </w:r>
       <w:r w:rsidR="00321305" w:rsidRPr="00321305">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cstheme="minorHAnsi"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>dirigido aos doentes e/ou seus cuidadores</w:t>
       </w:r>
       <w:r w:rsidR="00321305">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cstheme="minorHAnsi"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidRPr="008637AE">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cstheme="minorHAnsi"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">visa </w:t>
       </w:r>
+      <w:r w:rsidR="00077A23">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">auscultar </w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cstheme="minorHAnsi"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">obter a </w:t>
+        <w:t xml:space="preserve">a </w:t>
       </w:r>
       <w:r w:rsidR="00321305">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cstheme="minorHAnsi"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">sua </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cstheme="minorHAnsi"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">opinião sobre </w:t>
       </w:r>
       <w:r w:rsidR="00321305">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cstheme="minorHAnsi"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">os </w:t>
       </w:r>
       <w:r w:rsidRPr="008637AE">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cstheme="minorHAnsi"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>materiais educacionais relativos a determinados medicamentos</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="00077A23">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cstheme="minorHAnsi"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>, bem como o de recolher informação sobre a sua perceção relativamente a estes</w:t>
-[...15 lines deleted...]
-        <w:t>cujos</w:t>
+        <w:t>. Os</w:t>
       </w:r>
       <w:r w:rsidR="0096193B" w:rsidRPr="0096193B">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="0096193B" w:rsidRPr="0096193B">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cstheme="minorHAnsi"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">contributos </w:t>
       </w:r>
       <w:r w:rsidR="0096193B">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cstheme="minorHAnsi"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>serão</w:t>
       </w:r>
       <w:r w:rsidR="0096193B" w:rsidRPr="0096193B">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cstheme="minorHAnsi"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> considerados no procedimento de avaliação de materiais educacionais</w:t>
       </w:r>
       <w:r w:rsidR="0096193B">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cstheme="minorHAnsi"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidR="0096193B" w:rsidRPr="0096193B">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cstheme="minorHAnsi"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve"> bem como na medição da sua efetividade</w:t>
+        <w:t xml:space="preserve"> bem como na </w:t>
+      </w:r>
+      <w:r w:rsidR="00034526">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>avaliação</w:t>
+      </w:r>
+      <w:r w:rsidR="00034526" w:rsidRPr="0096193B">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="0096193B" w:rsidRPr="0096193B">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>da sua efetividade</w:t>
       </w:r>
       <w:r w:rsidRPr="008637AE">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cstheme="minorHAnsi"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="067C07AF" w14:textId="77777777" w:rsidR="00323480" w:rsidRPr="008637AE" w:rsidRDefault="00323480" w:rsidP="00410177">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cstheme="minorHAnsi"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="2AD389DC" w14:textId="1F77E28A" w:rsidR="00E22B3D" w:rsidRDefault="00321305" w:rsidP="00410177">
+    <w:p w14:paraId="2AD389DC" w14:textId="7749F838" w:rsidR="00E22B3D" w:rsidRDefault="00321305" w:rsidP="00410177">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cstheme="minorHAnsi"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
+      <w:bookmarkStart w:id="1" w:name="_Hlk216170851"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cstheme="minorHAnsi"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>A resposta a este</w:t>
       </w:r>
       <w:r w:rsidRPr="008637AE">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cstheme="minorHAnsi"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="003740C8" w:rsidRPr="008637AE">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cstheme="minorHAnsi"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>questionário</w:t>
       </w:r>
       <w:r w:rsidR="00410177" w:rsidRPr="008637AE">
@@ -1123,205 +1012,237 @@
         </w:rPr>
         <w:t xml:space="preserve"> deverá ser </w:t>
       </w:r>
       <w:r w:rsidRPr="008637AE">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cstheme="minorHAnsi"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>devolvid</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cstheme="minorHAnsi"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>a</w:t>
       </w:r>
       <w:r w:rsidR="00410177" w:rsidRPr="008637AE">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cstheme="minorHAnsi"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">, até </w:t>
-[...17 lines deleted...]
-        <w:t>, para o endereço de correio eletrónico</w:t>
+        <w:t xml:space="preserve"> para o endereço de correio eletrónico</w:t>
       </w:r>
       <w:r w:rsidR="0096193B">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cstheme="minorHAnsi"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
       <w:r w:rsidR="00410177" w:rsidRPr="008637AE">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cstheme="minorHAnsi"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:hyperlink r:id="rId9" w:history="1">
         <w:r w:rsidR="003740C8" w:rsidRPr="008637AE">
           <w:rPr>
             <w:rStyle w:val="Hiperligao"/>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cstheme="minorHAnsi"/>
             <w:color w:val="0070C0"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
           </w:rPr>
           <w:t>info.seguranca@infarmed.pt</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidR="0096193B">
-[...1 lines deleted...]
-          <w:rStyle w:val="Hiperligao"/>
+      <w:r w:rsidR="00410177" w:rsidRPr="008637AE">
+        <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cstheme="minorHAnsi"/>
-          <w:color w:val="0070C0"/>
-[...15 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cstheme="minorHAnsi"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="1"/>
     <w:p w14:paraId="48432119" w14:textId="77777777" w:rsidR="008637AE" w:rsidRPr="008637AE" w:rsidRDefault="008637AE" w:rsidP="00410177">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cstheme="minorHAnsi"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="6BD873E4" w14:textId="77777777" w:rsidR="008637AE" w:rsidRPr="008637AE" w:rsidRDefault="008637AE" w:rsidP="00410177">
+    <w:p w14:paraId="6BD873E4" w14:textId="7C18163B" w:rsidR="006016EF" w:rsidRDefault="006016EF">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br w:type="page"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4319C886" w14:textId="4F2E9685" w:rsidR="006016EF" w:rsidRDefault="006016EF">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="49513DFD" w14:textId="4CC3EC4D" w:rsidR="006016EF" w:rsidRDefault="006016EF">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="134D1433" w14:textId="0F0CB448" w:rsidR="006016EF" w:rsidRDefault="006016EF">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="541C8823" w14:textId="706BA3D2" w:rsidR="00323480" w:rsidRPr="008637AE" w:rsidRDefault="006016EF" w:rsidP="003C4AED">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-[...9 lines deleted...]
-    <w:p w14:paraId="39AB6E64" w14:textId="75038BF3" w:rsidR="004D78CE" w:rsidRPr="00725E84" w:rsidRDefault="004D78CE" w:rsidP="004D78CE">
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="00B0F0"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="pt-PT"/>
+        </w:rPr>
+        <w:t>Q</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008637AE">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="00B0F0"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="pt-PT"/>
+        </w:rPr>
+        <w:t>uestionário</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="39AB6E64" w14:textId="2CF1E776" w:rsidR="004D78CE" w:rsidRPr="00725E84" w:rsidRDefault="004D78CE" w:rsidP="004D78CE">
       <w:pPr>
         <w:pStyle w:val="Ttulo2"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="18"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="426"/>
         </w:tabs>
         <w:spacing w:after="240"/>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="00B0F0"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00725E84">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="00B0F0"/>
         </w:rPr>
         <w:t xml:space="preserve">Identificação do </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="00B0F0"/>
         </w:rPr>
         <w:t>M</w:t>
       </w:r>
       <w:r w:rsidRPr="00725E84">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="00B0F0"/>
         </w:rPr>
         <w:t xml:space="preserve">edicamento </w:t>
       </w:r>
       <w:r w:rsidR="00833CD8">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="00B0F0"/>
         </w:rPr>
-        <w:t>e seu</w:t>
+        <w:t xml:space="preserve">e </w:t>
+      </w:r>
+      <w:r w:rsidR="00077A23">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="00B0F0"/>
+        </w:rPr>
+        <w:t>respetivo</w:t>
       </w:r>
       <w:r w:rsidR="002914AE">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="00B0F0"/>
         </w:rPr>
         <w:t>(s)</w:t>
       </w:r>
       <w:r w:rsidR="00833CD8">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="00B0F0"/>
         </w:rPr>
         <w:t xml:space="preserve"> Material</w:t>
       </w:r>
       <w:r w:rsidR="002914AE">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="00B0F0"/>
         </w:rPr>
         <w:t>(ais)</w:t>
       </w:r>
@@ -1336,578 +1257,517 @@
       <w:r w:rsidR="002914AE">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="00B0F0"/>
         </w:rPr>
         <w:t>(ais)</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TabelacomGrelha"/>
         <w:tblW w:w="9634" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2547"/>
         <w:gridCol w:w="7087"/>
       </w:tblGrid>
       <w:tr w:rsidR="004D78CE" w:rsidRPr="008637AE" w14:paraId="254D7228" w14:textId="77777777" w:rsidTr="007462D9">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2547" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="00B6B325" w14:textId="77777777" w:rsidR="004D78CE" w:rsidRPr="008637AE" w:rsidRDefault="004D78CE" w:rsidP="007462D9">
+          <w:p w14:paraId="00B6B325" w14:textId="438EEF5C" w:rsidR="004D78CE" w:rsidRPr="008637AE" w:rsidRDefault="004D78CE" w:rsidP="007462D9">
             <w:pPr>
               <w:spacing w:before="40" w:after="40"/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008637AE">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Nome do medicamento</w:t>
+            </w:r>
+            <w:r w:rsidR="006016EF">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> ou DCI/Substância ativa</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:rFonts w:cstheme="minorHAnsi"/>
               <w:sz w:val="18"/>
               <w:szCs w:val="18"/>
             </w:rPr>
             <w:id w:val="429241883"/>
             <w:placeholder>
               <w:docPart w:val="2775CA2D38144A4AACA3F2C5B56E358D"/>
             </w:placeholder>
           </w:sdtPr>
           <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="7087" w:type="dxa"/>
                 <w:vAlign w:val="center"/>
               </w:tcPr>
-              <w:p w14:paraId="7C034A7C" w14:textId="77777777" w:rsidR="004D78CE" w:rsidRPr="008637AE" w:rsidRDefault="004D78CE" w:rsidP="007462D9">
+              <w:p w14:paraId="7C034A7C" w14:textId="6BC469D0" w:rsidR="004D78CE" w:rsidRPr="008637AE" w:rsidRDefault="00091CD2" w:rsidP="007462D9">
                 <w:pPr>
                   <w:spacing w:before="40" w:after="40"/>
                   <w:rPr>
                     <w:rFonts w:cstheme="minorHAnsi"/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                 </w:pPr>
-                <w:r w:rsidRPr="008637AE">
+                <w:r>
                   <w:rPr>
                     <w:rFonts w:cstheme="minorHAnsi"/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
-                  <w:t>[A preencher pela DGRM]</w:t>
+                  <w:t xml:space="preserve"> </w:t>
                 </w:r>
+                <w:sdt>
+                  <w:sdtPr>
+                    <w:rPr>
+                      <w:rFonts w:cstheme="minorHAnsi"/>
+                      <w:sz w:val="18"/>
+                      <w:szCs w:val="18"/>
+                    </w:rPr>
+                    <w:id w:val="881144021"/>
+                    <w:placeholder>
+                      <w:docPart w:val="EEAEC405302544A0B62476144E90326B"/>
+                    </w:placeholder>
+                    <w:showingPlcHdr/>
+                  </w:sdtPr>
+                  <w:sdtEndPr/>
+                  <w:sdtContent>
+                    <w:r w:rsidRPr="008637AE">
+                      <w:rPr>
+                        <w:rStyle w:val="TextodoMarcadordePosio"/>
+                        <w:rFonts w:cstheme="minorHAnsi"/>
+                        <w:sz w:val="18"/>
+                        <w:szCs w:val="18"/>
+                      </w:rPr>
+                      <w:t>Clique ou toque aqui para introduzir texto.</w:t>
+                    </w:r>
+                  </w:sdtContent>
+                </w:sdt>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
       </w:tr>
-      <w:tr w:rsidR="004D78CE" w:rsidRPr="008637AE" w14:paraId="43F75F1D" w14:textId="77777777" w:rsidTr="007462D9">
+      <w:tr w:rsidR="004D78CE" w:rsidRPr="008637AE" w14:paraId="5D6DC154" w14:textId="77777777" w:rsidTr="007462D9">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2547" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="27213855" w14:textId="77777777" w:rsidR="004D78CE" w:rsidRPr="008637AE" w:rsidRDefault="004D78CE" w:rsidP="007462D9">
+          <w:p w14:paraId="0C0C1D70" w14:textId="0C8A4E39" w:rsidR="004D78CE" w:rsidRPr="008637AE" w:rsidRDefault="004D78CE" w:rsidP="007462D9">
             <w:pPr>
               <w:spacing w:before="40" w:after="40"/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008637AE">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>DCI/Substância ativa</w:t>
+              <w:t>Titular</w:t>
             </w:r>
-          </w:p>
-[...66 lines deleted...]
-              <w:spacing w:before="40" w:after="40"/>
+            <w:r w:rsidR="006016EF">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-            </w:pPr>
+              <w:t>(</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="006016EF">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>es</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="006016EF">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>)</w:t>
+            </w:r>
             <w:r w:rsidRPr="008637AE">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>Forma farmacêutica</w:t>
-[...155 lines deleted...]
-              <w:t>Titular de AIM</w:t>
+              <w:t xml:space="preserve"> de AIM</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:rFonts w:cstheme="minorHAnsi"/>
               <w:sz w:val="18"/>
               <w:szCs w:val="18"/>
             </w:rPr>
             <w:id w:val="654726000"/>
             <w:placeholder>
               <w:docPart w:val="47D5EAC6E1524B5BB44E3CBBCEF4A837"/>
             </w:placeholder>
           </w:sdtPr>
           <w:sdtEndPr/>
           <w:sdtContent>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:cstheme="minorHAnsi"/>
                   <w:sz w:val="18"/>
                   <w:szCs w:val="18"/>
                 </w:rPr>
                 <w:id w:val="264198312"/>
                 <w:placeholder>
                   <w:docPart w:val="BAB981673EAB4F2A8013709E5B7C2C75"/>
                 </w:placeholder>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:tc>
                   <w:tcPr>
                     <w:tcW w:w="7087" w:type="dxa"/>
                     <w:vAlign w:val="center"/>
                   </w:tcPr>
-                  <w:p w14:paraId="47D1F9ED" w14:textId="77777777" w:rsidR="004D78CE" w:rsidRPr="008637AE" w:rsidRDefault="004D78CE" w:rsidP="007462D9">
+                  <w:p w14:paraId="47D1F9ED" w14:textId="691C38EF" w:rsidR="004D78CE" w:rsidRPr="008637AE" w:rsidRDefault="00091CD2" w:rsidP="007462D9">
                     <w:pPr>
                       <w:spacing w:before="40" w:after="40"/>
                       <w:rPr>
                         <w:rFonts w:cstheme="minorHAnsi"/>
                         <w:noProof/>
                         <w:sz w:val="18"/>
                         <w:szCs w:val="18"/>
                       </w:rPr>
                     </w:pPr>
-                    <w:r w:rsidRPr="008637AE">
+                    <w:r>
                       <w:rPr>
                         <w:rFonts w:cstheme="minorHAnsi"/>
                         <w:sz w:val="18"/>
                         <w:szCs w:val="18"/>
                       </w:rPr>
-                      <w:t>[A preencher pela DGRM]</w:t>
+                      <w:t xml:space="preserve"> </w:t>
                     </w:r>
+                    <w:sdt>
+                      <w:sdtPr>
+                        <w:rPr>
+                          <w:rFonts w:cstheme="minorHAnsi"/>
+                          <w:sz w:val="18"/>
+                          <w:szCs w:val="18"/>
+                        </w:rPr>
+                        <w:id w:val="-1380158590"/>
+                        <w:placeholder>
+                          <w:docPart w:val="39678F2EF2374BCCB5C42C30E1EC270E"/>
+                        </w:placeholder>
+                        <w:showingPlcHdr/>
+                      </w:sdtPr>
+                      <w:sdtEndPr/>
+                      <w:sdtContent>
+                        <w:r w:rsidRPr="008637AE">
+                          <w:rPr>
+                            <w:rStyle w:val="TextodoMarcadordePosio"/>
+                            <w:rFonts w:cstheme="minorHAnsi"/>
+                            <w:sz w:val="18"/>
+                            <w:szCs w:val="18"/>
+                          </w:rPr>
+                          <w:t>Clique ou toque aqui para introduzir texto.</w:t>
+                        </w:r>
+                      </w:sdtContent>
+                    </w:sdt>
                   </w:p>
                 </w:tc>
               </w:sdtContent>
             </w:sdt>
           </w:sdtContent>
         </w:sdt>
       </w:tr>
       <w:tr w:rsidR="004D78CE" w:rsidRPr="008637AE" w14:paraId="0AE03AA4" w14:textId="77777777" w:rsidTr="007462D9">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2547" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="569E9140" w14:textId="77777777" w:rsidR="004D78CE" w:rsidRPr="008637AE" w:rsidRDefault="004D78CE" w:rsidP="007462D9">
+          <w:p w14:paraId="569E9140" w14:textId="7AC12A12" w:rsidR="004D78CE" w:rsidRPr="008637AE" w:rsidRDefault="00010125" w:rsidP="007462D9">
             <w:pPr>
               <w:spacing w:before="40" w:after="40"/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="008637AE">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>Material Educacional para o doente e/ou cuidador</w:t>
+              <w:t>Nome</w:t>
+            </w:r>
+            <w:r w:rsidR="00E23B77">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> do(s) </w:t>
+            </w:r>
+            <w:r w:rsidR="004D78CE" w:rsidRPr="008637AE">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Material</w:t>
+            </w:r>
+            <w:r w:rsidR="006016EF">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>(ais)</w:t>
+            </w:r>
+            <w:r w:rsidR="004D78CE" w:rsidRPr="008637AE">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Educacional</w:t>
+            </w:r>
+            <w:r w:rsidR="006016EF">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>(ais)</w:t>
+            </w:r>
+            <w:r w:rsidR="004D78CE" w:rsidRPr="008637AE">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> para o doente e/ou cuidador</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003C4AED">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>(ex. Cartão do doente)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:rFonts w:cstheme="minorHAnsi"/>
               <w:sz w:val="18"/>
               <w:szCs w:val="18"/>
             </w:rPr>
             <w:id w:val="-929275029"/>
             <w:placeholder>
               <w:docPart w:val="7769D9FBD2EC4B4D8B1ADB1AAAA996D3"/>
             </w:placeholder>
           </w:sdtPr>
           <w:sdtEndPr/>
           <w:sdtContent>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:cstheme="minorHAnsi"/>
                   <w:sz w:val="18"/>
                   <w:szCs w:val="18"/>
                 </w:rPr>
                 <w:id w:val="1683780411"/>
                 <w:placeholder>
                   <w:docPart w:val="6D8613EF49E04689837A86EF0225FFD0"/>
                 </w:placeholder>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:tc>
                   <w:tcPr>
                     <w:tcW w:w="7087" w:type="dxa"/>
                     <w:vAlign w:val="center"/>
                   </w:tcPr>
-                  <w:p w14:paraId="1C372702" w14:textId="77777777" w:rsidR="004D78CE" w:rsidRPr="008637AE" w:rsidRDefault="004D78CE" w:rsidP="007462D9">
+                  <w:p w14:paraId="1C372702" w14:textId="5F780167" w:rsidR="004D78CE" w:rsidRPr="008637AE" w:rsidRDefault="00091CD2" w:rsidP="007462D9">
                     <w:pPr>
                       <w:spacing w:before="40" w:after="40"/>
                       <w:rPr>
                         <w:rFonts w:cstheme="minorHAnsi"/>
                         <w:sz w:val="18"/>
                         <w:szCs w:val="18"/>
                       </w:rPr>
                     </w:pPr>
-                    <w:r w:rsidRPr="008637AE">
+                    <w:r>
                       <w:rPr>
                         <w:rFonts w:cstheme="minorHAnsi"/>
                         <w:sz w:val="18"/>
                         <w:szCs w:val="18"/>
                       </w:rPr>
-                      <w:t>[A preencher pela DGRM]</w:t>
+                      <w:t xml:space="preserve"> </w:t>
                     </w:r>
+                    <w:sdt>
+                      <w:sdtPr>
+                        <w:rPr>
+                          <w:rFonts w:cstheme="minorHAnsi"/>
+                          <w:sz w:val="18"/>
+                          <w:szCs w:val="18"/>
+                        </w:rPr>
+                        <w:id w:val="-1825349278"/>
+                        <w:placeholder>
+                          <w:docPart w:val="5F55E21AF5A445C7BA142F410355B852"/>
+                        </w:placeholder>
+                        <w:showingPlcHdr/>
+                      </w:sdtPr>
+                      <w:sdtEndPr/>
+                      <w:sdtContent>
+                        <w:r w:rsidRPr="008637AE">
+                          <w:rPr>
+                            <w:rStyle w:val="TextodoMarcadordePosio"/>
+                            <w:rFonts w:cstheme="minorHAnsi"/>
+                            <w:sz w:val="18"/>
+                            <w:szCs w:val="18"/>
+                          </w:rPr>
+                          <w:t>Clique ou toque aqui para introduzir texto.</w:t>
+                        </w:r>
+                      </w:sdtContent>
+                    </w:sdt>
                   </w:p>
                 </w:tc>
               </w:sdtContent>
             </w:sdt>
           </w:sdtContent>
         </w:sdt>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="294033B5" w14:textId="77777777" w:rsidR="008637AE" w:rsidRDefault="008637AE">
-[...12 lines deleted...]
-    <w:p w14:paraId="131221E8" w14:textId="385608AA" w:rsidR="004D78CE" w:rsidRDefault="004D78CE" w:rsidP="00410177">
+    <w:p w14:paraId="3996A033" w14:textId="77777777" w:rsidR="00F7502E" w:rsidRPr="002914AE" w:rsidRDefault="00F7502E" w:rsidP="00410177">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="57972E1C" w14:textId="77777777" w:rsidR="002914AE" w:rsidRPr="002914AE" w:rsidRDefault="002914AE" w:rsidP="00410177">
-[...17 lines deleted...]
-    <w:p w14:paraId="009C70B8" w14:textId="76F039CD" w:rsidR="00522858" w:rsidRPr="00725E84" w:rsidRDefault="003740C8" w:rsidP="00E14610">
+    <w:p w14:paraId="009C70B8" w14:textId="76F039CD" w:rsidR="00522858" w:rsidRPr="00725E84" w:rsidRDefault="003740C8" w:rsidP="00B21F8F">
       <w:pPr>
         <w:pStyle w:val="Ttulo2"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="18"/>
         </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="426"/>
+        </w:tabs>
         <w:spacing w:after="240"/>
+        <w:ind w:left="0" w:firstLine="0"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="00B0F0"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="00B0F0"/>
         </w:rPr>
         <w:t>Identificação da</w:t>
       </w:r>
       <w:r w:rsidR="00006169" w:rsidRPr="00725E84">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="00B0F0"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00E600AB" w:rsidRPr="00725E84">
         <w:rPr>
           <w:b/>
@@ -2320,82 +2180,82 @@
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Consentimento para estabelecimento de contacto futuro</w:t>
             </w:r>
             <w:r w:rsidRPr="002914AE">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:tab/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7371" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3088C2F1" w14:textId="3C13C888" w:rsidR="00F7502E" w:rsidRPr="002914AE" w:rsidRDefault="00F7502E" w:rsidP="00287FC0">
+          <w:p w14:paraId="3088C2F1" w14:textId="2BBF5FCF" w:rsidR="00F7502E" w:rsidRPr="002914AE" w:rsidRDefault="00F7502E" w:rsidP="00287FC0">
             <w:pPr>
               <w:spacing w:before="40" w:after="40"/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002914AE">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>O Infarmed gostaria de contactar as pessoas identificadas acima sobre este processo de submissão, para confirmação da receção da informação, fornecer informações adicionais sobre o processo em causa, designadamente</w:t>
+              <w:t xml:space="preserve">O Infarmed gostaria de contactar as pessoas identificadas acima sobre este processo de submissão, para confirmação da receção da informação, fornecer informações adicionais sobre o processo em causa </w:t>
             </w:r>
-            <w:r w:rsidR="0096193B">
+            <w:r w:rsidR="00FF42FE">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>,</w:t>
+              <w:t xml:space="preserve">e eventual </w:t>
             </w:r>
             <w:r w:rsidRPr="002914AE">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve"> comunicação de resultados e envio de questionário de avaliação da sua experiência neste processo.</w:t>
+              <w:t>comunicação de resultados.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="09AB7058" w14:textId="77777777" w:rsidR="00F7502E" w:rsidRPr="002914AE" w:rsidRDefault="00F7502E" w:rsidP="00287FC0">
             <w:pPr>
               <w:spacing w:before="40" w:after="40"/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="11019CD0" w14:textId="144073B7" w:rsidR="00F7502E" w:rsidRPr="002914AE" w:rsidRDefault="00F7502E" w:rsidP="00287FC0">
             <w:pPr>
               <w:spacing w:before="40" w:after="40"/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002914AE">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
@@ -2508,82 +2368,82 @@
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:tab/>
             </w:r>
           </w:p>
           <w:p w14:paraId="38B9B5F8" w14:textId="77777777" w:rsidR="00F7502E" w:rsidRPr="002914AE" w:rsidRDefault="00F7502E" w:rsidP="00287FC0">
             <w:pPr>
               <w:spacing w:before="40" w:after="40"/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7371" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4786B8B8" w14:textId="086BDA7A" w:rsidR="00F7502E" w:rsidRPr="002914AE" w:rsidRDefault="00F7502E" w:rsidP="00287FC0">
+          <w:p w14:paraId="4786B8B8" w14:textId="0CFDA0DB" w:rsidR="00F7502E" w:rsidRPr="002914AE" w:rsidRDefault="00F7502E" w:rsidP="00287FC0">
             <w:pPr>
               <w:spacing w:before="40" w:after="40"/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002914AE">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Este formulário poderá </w:t>
             </w:r>
             <w:r w:rsidR="00725812">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">ser </w:t>
             </w:r>
             <w:r w:rsidRPr="002914AE">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve">partilhado com as demais Comissões Técnicas do Infarmed, para ser considerado no processo de avaliação de </w:t>
+              <w:t xml:space="preserve">considerado no processo de avaliação de </w:t>
             </w:r>
             <w:r w:rsidR="00725812">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>materiais educacionais</w:t>
             </w:r>
             <w:r w:rsidRPr="002914AE">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>, podendo algumas das informações nele contidas constarem de documentos emitidos pelo Infarmed.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="16694B94" w14:textId="1BD181C4" w:rsidR="00F7502E" w:rsidRPr="002914AE" w:rsidRDefault="00F7502E" w:rsidP="00287FC0">
             <w:pPr>
               <w:spacing w:before="40" w:after="40"/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
@@ -2595,89 +2455,84 @@
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">O tratamento dos dados </w:t>
             </w:r>
             <w:r w:rsidR="0096193B">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">pessoais </w:t>
             </w:r>
             <w:r w:rsidRPr="002914AE">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>obedece às normas do Regulamento Geral de Proteção de dados em vigor.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="5A0CC5D0" w14:textId="6F74F011" w:rsidR="00323480" w:rsidRDefault="00323480" w:rsidP="00522858">
-[...7 lines deleted...]
-      <w:pPr>
+    <w:p w14:paraId="39CE1BF7" w14:textId="77777777" w:rsidR="00F26DFB" w:rsidRDefault="00F26DFB" w:rsidP="00FF3063">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:eastAsia="pt-PT"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="3359C648" w14:textId="30428D56" w:rsidR="00DF4981" w:rsidRPr="008637AE" w:rsidRDefault="00006169" w:rsidP="00E14610">
       <w:pPr>
         <w:pStyle w:val="Ttulo2"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="18"/>
         </w:numPr>
         <w:spacing w:after="240"/>
         <w:ind w:left="357" w:hanging="357"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="00B0F0"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008637AE">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="00B0F0"/>
         </w:rPr>
         <w:t xml:space="preserve">Recolha de Informação </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7BDE9B0A" w14:textId="724FC988" w:rsidR="00E22B3D" w:rsidRPr="008637AE" w:rsidRDefault="00E22B3D" w:rsidP="00930A1A">
+    <w:p w14:paraId="7BDE9B0A" w14:textId="2B82CAA3" w:rsidR="00E22B3D" w:rsidRPr="008637AE" w:rsidRDefault="00E22B3D" w:rsidP="00930A1A">
       <w:pPr>
         <w:pStyle w:val="Ttulo2"/>
         <w:spacing w:after="240"/>
         <w:ind w:left="357"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="00B0F0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008637AE">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="00B0F0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Receção e </w:t>
       </w:r>
       <w:r w:rsidR="00E02FBB">
@@ -2689,54 +2544,175 @@
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>formato</w:t>
       </w:r>
       <w:r w:rsidR="00E02FBB" w:rsidRPr="008637AE">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="00B0F0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="008637AE">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="00B0F0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>dos Materiais Educacionais</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="55735A36" w14:textId="79F35931" w:rsidR="00E22B3D" w:rsidRPr="00084B03" w:rsidRDefault="00A32B20" w:rsidP="00930A1A">
+        <w:t>do</w:t>
+      </w:r>
+      <w:r w:rsidR="000F597C">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="00B0F0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008637AE">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="00B0F0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>s</w:t>
+      </w:r>
+      <w:r w:rsidR="000F597C">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="00B0F0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008637AE">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="00B0F0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Materia</w:t>
+      </w:r>
+      <w:r w:rsidR="000F597C">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="00B0F0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>l(a</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008637AE">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="00B0F0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>is</w:t>
+      </w:r>
+      <w:r w:rsidR="000F597C">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="00B0F0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008637AE">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="00B0F0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Educaciona</w:t>
+      </w:r>
+      <w:r w:rsidR="000F597C">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="00B0F0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>l(a</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008637AE">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="00B0F0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>is</w:t>
+      </w:r>
+      <w:r w:rsidR="000F597C">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="00B0F0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="55735A36" w14:textId="62FE8B1E" w:rsidR="00E22B3D" w:rsidRPr="00084B03" w:rsidRDefault="00A32B20" w:rsidP="00930A1A">
       <w:pPr>
         <w:pStyle w:val="Corpodetexto"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="21"/>
         </w:numPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:right="959"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00084B03">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
@@ -2838,275 +2814,482 @@
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> f</w:t>
       </w:r>
       <w:r w:rsidR="00E22B3D" w:rsidRPr="00084B03">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>oi</w:t>
       </w:r>
       <w:r w:rsidR="00792519">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>(ram)</w:t>
+        <w:t>(</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00792519">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>ram</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00792519">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>)</w:t>
       </w:r>
       <w:r w:rsidR="00E22B3D" w:rsidRPr="00084B03">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:spacing w:val="1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00E22B3D" w:rsidRPr="00084B03">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>entregue</w:t>
       </w:r>
       <w:r w:rsidR="00792519">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>(s)</w:t>
       </w:r>
       <w:r w:rsidR="00E22B3D" w:rsidRPr="00084B03">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00084B03">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">ao associado </w:t>
-[...9 lines deleted...]
-        <w:t xml:space="preserve">pelo médico </w:t>
+        <w:t>ao</w:t>
+      </w:r>
+      <w:r w:rsidR="00771E8A">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>(s)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00084B03">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> associado</w:t>
+      </w:r>
+      <w:r w:rsidR="00771E8A">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>(s)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00084B03">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00930A1A" w:rsidRPr="00084B03">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">aquando </w:t>
       </w:r>
       <w:r w:rsidRPr="00084B03">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>d</w:t>
       </w:r>
       <w:r w:rsidR="00930A1A" w:rsidRPr="00084B03">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">a </w:t>
       </w:r>
       <w:r w:rsidRPr="00084B03">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">prescrição do </w:t>
+        <w:t>prescrição</w:t>
+      </w:r>
+      <w:r w:rsidR="00771E8A">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ou dispensa</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00084B03">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> do </w:t>
       </w:r>
       <w:r w:rsidR="009D51A6" w:rsidRPr="00084B03">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>medicamento</w:t>
       </w:r>
       <w:r w:rsidR="00E02FBB">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve"> ou pelo profissional de saúde designado para o efeito</w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00771E8A" w:rsidRPr="00084B03">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>pelo médico</w:t>
+      </w:r>
+      <w:r w:rsidR="00771E8A">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00E02FBB">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ou </w:t>
+      </w:r>
+      <w:r w:rsidR="00B45B00">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">por outro </w:t>
+      </w:r>
+      <w:r w:rsidR="00E02FBB">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>profissional de saúde designado para o efeito</w:t>
       </w:r>
       <w:r w:rsidR="00E22B3D" w:rsidRPr="00084B03">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>?</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="00A5847E" w14:textId="3AB4DC56" w:rsidR="00930A1A" w:rsidRPr="00084B03" w:rsidRDefault="00D14212" w:rsidP="00930A1A">
+    <w:p w14:paraId="00A5847E" w14:textId="263007F1" w:rsidR="00930A1A" w:rsidRDefault="00BD21A9" w:rsidP="00930A1A">
       <w:pPr>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="709"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:eastAsia="MS Gothic" w:cstheme="minorHAnsi"/>
             <w:sz w:val="18"/>
             <w:szCs w:val="18"/>
           </w:rPr>
           <w:id w:val="1242991719"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
-          <w:r w:rsidR="00571D3D" w:rsidRPr="00084B03">
+          <w:r w:rsidR="00F26DFB">
+            <w:rPr>
+              <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cstheme="minorHAnsi" w:hint="eastAsia"/>
+              <w:sz w:val="18"/>
+              <w:szCs w:val="18"/>
+            </w:rPr>
+            <w:t>☐</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidR="00930A1A" w:rsidRPr="00084B03">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Sim</w:t>
+      </w:r>
+      <w:r w:rsidR="00F32BD1">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, a todos </w:t>
+      </w:r>
+      <w:r w:rsidR="003209AE">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>os doentes</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4BBC40EF" w14:textId="550C487D" w:rsidR="00F32BD1" w:rsidRPr="00084B03" w:rsidRDefault="00BD21A9" w:rsidP="00F32BD1">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="709"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:rFonts w:eastAsia="MS Gothic" w:cstheme="minorHAnsi"/>
+            <w:sz w:val="18"/>
+            <w:szCs w:val="18"/>
+          </w:rPr>
+          <w:id w:val="-886264564"/>
+          <w14:checkbox>
+            <w14:checked w14:val="0"/>
+            <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+            <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+          </w14:checkbox>
+        </w:sdtPr>
+        <w:sdtEndPr/>
+        <w:sdtContent>
+          <w:r w:rsidR="00F32BD1" w:rsidRPr="00084B03">
             <w:rPr>
               <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
               <w:sz w:val="18"/>
               <w:szCs w:val="18"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
-      <w:r w:rsidR="00930A1A" w:rsidRPr="00084B03">
+      <w:r w:rsidR="00F32BD1" w:rsidRPr="00084B03">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> Sim</w:t>
       </w:r>
-    </w:p>
-    <w:p w14:paraId="68D87923" w14:textId="6056FD70" w:rsidR="00930A1A" w:rsidRPr="00084B03" w:rsidRDefault="00D14212" w:rsidP="00930A1A">
+      <w:r w:rsidR="00F32BD1">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="003C7204">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">a </w:t>
+      </w:r>
+      <w:r w:rsidR="003209AE">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>pelo menos um doente</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="68D87923" w14:textId="6056FD70" w:rsidR="00930A1A" w:rsidRPr="00084B03" w:rsidRDefault="00BD21A9" w:rsidP="00930A1A">
       <w:pPr>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="709"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:eastAsia="MS Gothic" w:cstheme="minorHAnsi"/>
             <w:sz w:val="18"/>
             <w:szCs w:val="18"/>
           </w:rPr>
           <w:id w:val="-1413623990"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00930A1A" w:rsidRPr="00084B03">
             <w:rPr>
               <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
               <w:sz w:val="18"/>
               <w:szCs w:val="18"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="00930A1A" w:rsidRPr="00084B03">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> Não</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6EB4C0BC" w14:textId="7B1EF8F6" w:rsidR="00E22B3D" w:rsidRPr="00084B03" w:rsidRDefault="00D14212" w:rsidP="00930A1A">
+    <w:p w14:paraId="6EB4C0BC" w14:textId="3270B677" w:rsidR="00E22B3D" w:rsidRPr="00084B03" w:rsidRDefault="00BD21A9" w:rsidP="00930A1A">
       <w:pPr>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="709"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:eastAsia="MS Gothic" w:cstheme="minorHAnsi"/>
             <w:sz w:val="18"/>
             <w:szCs w:val="18"/>
           </w:rPr>
           <w:id w:val="-1253275159"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
@@ -3115,61 +3298,151 @@
               <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
               <w:sz w:val="18"/>
               <w:szCs w:val="18"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="00930A1A" w:rsidRPr="00084B03">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> Não </w:t>
       </w:r>
       <w:r w:rsidR="00A32B20" w:rsidRPr="00084B03">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>sei</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3C43EB86" w14:textId="77777777" w:rsidR="00571D3D" w:rsidRPr="008637AE" w:rsidRDefault="00571D3D" w:rsidP="00571D3D">
+    <w:p w14:paraId="3C43EB86" w14:textId="4E159335" w:rsidR="00571D3D" w:rsidRDefault="00571D3D" w:rsidP="00571D3D">
       <w:pPr>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="14AF3864" w14:textId="169973A6" w:rsidR="00571D3D" w:rsidRPr="00084B03" w:rsidRDefault="00A32B20" w:rsidP="00571D3D">
+    <w:p w14:paraId="2CBD394A" w14:textId="724B87F9" w:rsidR="00FF3063" w:rsidRDefault="00FF3063" w:rsidP="00571D3D">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="56AC4F38" w14:textId="2B68099C" w:rsidR="00FF3063" w:rsidRDefault="00FF3063" w:rsidP="00571D3D">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="51457F96" w14:textId="4144C7E1" w:rsidR="00FF3063" w:rsidRDefault="00FF3063" w:rsidP="00571D3D">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="06B4D6E3" w14:textId="77777777" w:rsidR="00B21F8F" w:rsidRDefault="00B21F8F" w:rsidP="00571D3D">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="148CCB9F" w14:textId="786C6182" w:rsidR="00FF3063" w:rsidRDefault="00FF3063" w:rsidP="00571D3D">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="70E5B4C1" w14:textId="37544C1F" w:rsidR="00FF3063" w:rsidRDefault="00FF3063" w:rsidP="00571D3D">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="37F90C6A" w14:textId="685E1F76" w:rsidR="00FF3063" w:rsidRDefault="00FF3063" w:rsidP="00571D3D">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7DE9F3B7" w14:textId="1337AB5E" w:rsidR="00FF3063" w:rsidRDefault="00FF3063" w:rsidP="00571D3D">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="59B6009A" w14:textId="77777777" w:rsidR="00FF3063" w:rsidRPr="008637AE" w:rsidRDefault="00FF3063" w:rsidP="00571D3D">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="14AF3864" w14:textId="1480F377" w:rsidR="00571D3D" w:rsidRPr="00084B03" w:rsidRDefault="00A32B20" w:rsidP="00571D3D">
       <w:pPr>
         <w:pStyle w:val="Corpodetexto"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="21"/>
         </w:numPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:right="959"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00084B03">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
@@ -3193,50 +3466,60 @@
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00571D3D" w:rsidRPr="00084B03">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>explic</w:t>
       </w:r>
       <w:r w:rsidRPr="00084B03">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>ou</w:t>
       </w:r>
+      <w:r w:rsidR="00F32BD1">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> e utilizou</w:t>
+      </w:r>
       <w:r w:rsidR="00571D3D" w:rsidRPr="00084B03">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> o</w:t>
       </w:r>
       <w:r w:rsidR="00792519">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>(s)</w:t>
       </w:r>
       <w:r w:rsidR="00571D3D" w:rsidRPr="00084B03">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
@@ -3273,234 +3556,297 @@
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>is)</w:t>
       </w:r>
       <w:r w:rsidR="00571D3D" w:rsidRPr="00084B03">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> Educacional</w:t>
       </w:r>
       <w:r w:rsidR="00792519">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
+      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidR="00182D87">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>a</w:t>
       </w:r>
       <w:r w:rsidR="00792519">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>is)</w:t>
       </w:r>
       <w:r w:rsidR="00571D3D" w:rsidRPr="00084B03">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
+      <w:r w:rsidR="00F32BD1">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> p</w:t>
+      </w:r>
       <w:r w:rsidRPr="00084B03">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>e utilizou-o</w:t>
-[...10 lines deleted...]
-      </w:r>
+        <w:t>ara</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="00084B03">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve"> para </w:t>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00084B03" w:rsidRPr="00084B03">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>alertar para</w:t>
       </w:r>
       <w:r w:rsidRPr="00084B03">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> os riscos associados ao medicamento</w:t>
       </w:r>
       <w:r w:rsidR="00571D3D" w:rsidRPr="00084B03">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>?</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:id="0" w:name="_Hlk150436348"/>
-    <w:p w14:paraId="21131D76" w14:textId="77777777" w:rsidR="00571D3D" w:rsidRPr="00084B03" w:rsidRDefault="00D14212" w:rsidP="00571D3D">
+    <w:bookmarkStart w:id="2" w:name="_Hlk150436348"/>
+    <w:p w14:paraId="21131D76" w14:textId="09C70311" w:rsidR="00571D3D" w:rsidRDefault="00BD21A9" w:rsidP="00571D3D">
       <w:pPr>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="709"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:eastAsia="MS Gothic" w:cstheme="minorHAnsi"/>
             <w:sz w:val="18"/>
             <w:szCs w:val="18"/>
           </w:rPr>
           <w:id w:val="2140371399"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00571D3D" w:rsidRPr="00084B03">
             <w:rPr>
               <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
               <w:sz w:val="18"/>
               <w:szCs w:val="18"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="00571D3D" w:rsidRPr="00084B03">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> Sim</w:t>
       </w:r>
-    </w:p>
-    <w:p w14:paraId="755DF621" w14:textId="77777777" w:rsidR="00571D3D" w:rsidRPr="00084B03" w:rsidRDefault="00D14212" w:rsidP="00571D3D">
+      <w:r w:rsidR="00F32BD1">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>, em todos os casos</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3F4BE3F4" w14:textId="5D74D14B" w:rsidR="00F32BD1" w:rsidRPr="00084B03" w:rsidRDefault="00BD21A9" w:rsidP="00F32BD1">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="709"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:rFonts w:eastAsia="MS Gothic" w:cstheme="minorHAnsi"/>
+            <w:sz w:val="18"/>
+            <w:szCs w:val="18"/>
+          </w:rPr>
+          <w:id w:val="-368843870"/>
+          <w14:checkbox>
+            <w14:checked w14:val="0"/>
+            <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+            <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+          </w14:checkbox>
+        </w:sdtPr>
+        <w:sdtEndPr/>
+        <w:sdtContent>
+          <w:r w:rsidR="00F32BD1" w:rsidRPr="00084B03">
+            <w:rPr>
+              <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+              <w:sz w:val="18"/>
+              <w:szCs w:val="18"/>
+            </w:rPr>
+            <w:t>☐</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidR="00F32BD1" w:rsidRPr="00084B03">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Sim</w:t>
+      </w:r>
+      <w:r w:rsidR="00F32BD1">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>, em alguns casos</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="755DF621" w14:textId="77777777" w:rsidR="00571D3D" w:rsidRPr="00084B03" w:rsidRDefault="00BD21A9" w:rsidP="00571D3D">
       <w:pPr>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="709"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:eastAsia="MS Gothic" w:cstheme="minorHAnsi"/>
             <w:sz w:val="18"/>
             <w:szCs w:val="18"/>
           </w:rPr>
           <w:id w:val="355855707"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00571D3D" w:rsidRPr="00084B03">
             <w:rPr>
               <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
               <w:sz w:val="18"/>
               <w:szCs w:val="18"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="00571D3D" w:rsidRPr="00084B03">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> Não</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="0"/>
-    <w:p w14:paraId="30B84E05" w14:textId="4EC2F61C" w:rsidR="00571D3D" w:rsidRPr="00084B03" w:rsidRDefault="00D14212" w:rsidP="00571D3D">
+    <w:bookmarkEnd w:id="2"/>
+    <w:p w14:paraId="30B84E05" w14:textId="4EC2F61C" w:rsidR="00571D3D" w:rsidRPr="00084B03" w:rsidRDefault="00BD21A9" w:rsidP="00571D3D">
       <w:pPr>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="709"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:eastAsia="MS Gothic" w:cstheme="minorHAnsi"/>
             <w:sz w:val="18"/>
             <w:szCs w:val="18"/>
           </w:rPr>
           <w:id w:val="503786859"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
@@ -3509,62 +3855,60 @@
               <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
               <w:sz w:val="18"/>
               <w:szCs w:val="18"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="00571D3D" w:rsidRPr="00084B03">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> Não </w:t>
       </w:r>
       <w:r w:rsidR="00A32B20" w:rsidRPr="00084B03">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>sei</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="755A7141" w14:textId="77777777" w:rsidR="00571D3D" w:rsidRPr="008637AE" w:rsidRDefault="00571D3D" w:rsidP="00571D3D">
-[...10 lines deleted...]
-    <w:p w14:paraId="4C35EAAD" w14:textId="11B464FF" w:rsidR="00323480" w:rsidRPr="00084B03" w:rsidRDefault="00323480" w:rsidP="00323480">
+    <w:p w14:paraId="5285F65D" w14:textId="77777777" w:rsidR="00721843" w:rsidRPr="008637AE" w:rsidRDefault="00721843" w:rsidP="00160D3E">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4C35EAAD" w14:textId="106D4D6E" w:rsidR="00323480" w:rsidRDefault="00323480" w:rsidP="00323480">
       <w:pPr>
         <w:pStyle w:val="Corpodetexto"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="21"/>
         </w:numPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:right="959"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00084B03">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
@@ -3699,1484 +4043,1317 @@
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> Educacional</w:t>
       </w:r>
       <w:r w:rsidR="0081229D">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>(ais)</w:t>
       </w:r>
       <w:r w:rsidRPr="00084B03">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4B78DEA4" w14:textId="77777777" w:rsidR="00323480" w:rsidRPr="00084B03" w:rsidRDefault="00D14212" w:rsidP="00323480">
+    <w:p w14:paraId="7AAF4A4A" w14:textId="2F9A3109" w:rsidR="00B01955" w:rsidRPr="00B01955" w:rsidRDefault="00B01955" w:rsidP="00F26DFB">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="284" w:firstLine="360"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B01955">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>(Assinale as opções aplicáveis)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4B78DEA4" w14:textId="77777777" w:rsidR="00323480" w:rsidRPr="00084B03" w:rsidRDefault="00BD21A9" w:rsidP="00323480">
       <w:pPr>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="709"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:eastAsia="MS Gothic" w:cstheme="minorHAnsi"/>
             <w:sz w:val="18"/>
             <w:szCs w:val="18"/>
           </w:rPr>
           <w:id w:val="-1918854035"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00323480" w:rsidRPr="00084B03">
             <w:rPr>
               <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
               <w:sz w:val="18"/>
               <w:szCs w:val="18"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="00323480" w:rsidRPr="00084B03">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> Médico</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="770213B7" w14:textId="77777777" w:rsidR="00323480" w:rsidRPr="00084B03" w:rsidRDefault="00D14212" w:rsidP="00323480">
+    <w:p w14:paraId="770213B7" w14:textId="77777777" w:rsidR="00323480" w:rsidRPr="00084B03" w:rsidRDefault="00BD21A9" w:rsidP="00323480">
       <w:pPr>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="709"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:eastAsia="MS Gothic" w:cstheme="minorHAnsi"/>
             <w:sz w:val="18"/>
             <w:szCs w:val="18"/>
           </w:rPr>
           <w:id w:val="1714845943"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00323480" w:rsidRPr="00084B03">
             <w:rPr>
               <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
               <w:sz w:val="18"/>
               <w:szCs w:val="18"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="00323480" w:rsidRPr="00084B03">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> Enfermeiro</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="25BB4107" w14:textId="1BBA729A" w:rsidR="00323480" w:rsidRPr="00084B03" w:rsidRDefault="00D14212" w:rsidP="00323480">
+    <w:p w14:paraId="25BB4107" w14:textId="1BBA729A" w:rsidR="00323480" w:rsidRPr="00084B03" w:rsidRDefault="00BD21A9" w:rsidP="00323480">
       <w:pPr>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="709"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:eastAsia="MS Gothic" w:cstheme="minorHAnsi"/>
             <w:sz w:val="18"/>
             <w:szCs w:val="18"/>
           </w:rPr>
           <w:id w:val="-141581766"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00323480" w:rsidRPr="00084B03">
             <w:rPr>
               <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
               <w:sz w:val="18"/>
               <w:szCs w:val="18"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="00323480" w:rsidRPr="00084B03">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> Farmacêutico</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5CEA3644" w14:textId="1D6BDAB2" w:rsidR="00725812" w:rsidRDefault="00725812">
-[...43 lines deleted...]
-    <w:p w14:paraId="2FA32863" w14:textId="27743D90" w:rsidR="00323480" w:rsidRPr="00084B03" w:rsidRDefault="00323480" w:rsidP="00323480">
+    <w:p w14:paraId="6EF5340F" w14:textId="77777777" w:rsidR="00160D3E" w:rsidRPr="00160D3E" w:rsidRDefault="00160D3E" w:rsidP="00160D3E">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4E9A99D3" w14:textId="079B08FC" w:rsidR="007C35F3" w:rsidRPr="00FF3063" w:rsidRDefault="007C35F3" w:rsidP="00FF3063">
       <w:pPr>
         <w:pStyle w:val="Corpodetexto"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="21"/>
         </w:numPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:right="959"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00084B03">
-[...70 lines deleted...]
-    <w:p w14:paraId="6851B55E" w14:textId="63096E07" w:rsidR="00323480" w:rsidRPr="00084B03" w:rsidRDefault="00D14212" w:rsidP="00323480">
+      <w:r w:rsidRPr="00FF3063">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Qual o formato </w:t>
+      </w:r>
+      <w:r w:rsidR="007578E5" w:rsidRPr="00FF3063">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">que considera preferível </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FF3063">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>para o(s) Material(ais) Educacional(ais)?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1C0C0C13" w14:textId="117DFCE7" w:rsidR="007C35F3" w:rsidRPr="00FF3063" w:rsidRDefault="00BD21A9" w:rsidP="007C35F3">
       <w:pPr>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="709"/>
         <w:rPr>
-          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:rFonts w:eastAsia="MS Gothic" w:cstheme="minorHAnsi"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:eastAsia="MS Gothic" w:cstheme="minorHAnsi"/>
             <w:sz w:val="18"/>
             <w:szCs w:val="18"/>
           </w:rPr>
-          <w:id w:val="807825985"/>
+          <w:id w:val="-941607077"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
-          <w:r w:rsidR="00323480" w:rsidRPr="00084B03">
+          <w:r w:rsidR="007C35F3" w:rsidRPr="00FF3063">
+            <w:rPr>
+              <w:rFonts w:eastAsia="MS Gothic" w:cstheme="minorHAnsi" w:hint="eastAsia"/>
+              <w:sz w:val="18"/>
+              <w:szCs w:val="18"/>
+            </w:rPr>
+            <w:t>☐</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidR="007C35F3" w:rsidRPr="00FF3063">
+        <w:rPr>
+          <w:rFonts w:eastAsia="MS Gothic" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Papel</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1537E5E9" w14:textId="295BD84D" w:rsidR="007C35F3" w:rsidRPr="00FF3063" w:rsidRDefault="00BD21A9" w:rsidP="007C35F3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="709"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="MS Gothic" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:rFonts w:eastAsia="MS Gothic" w:cstheme="minorHAnsi"/>
+            <w:sz w:val="18"/>
+            <w:szCs w:val="18"/>
+          </w:rPr>
+          <w:id w:val="-78602434"/>
+          <w14:checkbox>
+            <w14:checked w14:val="0"/>
+            <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+            <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+          </w14:checkbox>
+        </w:sdtPr>
+        <w:sdtEndPr/>
+        <w:sdtContent>
+          <w:r w:rsidR="007C35F3" w:rsidRPr="00FF3063">
             <w:rPr>
               <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
               <w:sz w:val="18"/>
               <w:szCs w:val="18"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
-      <w:r w:rsidR="00323480" w:rsidRPr="00084B03">
-[...8 lines deleted...]
-    <w:p w14:paraId="21A7C346" w14:textId="4F1CDAFF" w:rsidR="00323480" w:rsidRPr="00084B03" w:rsidRDefault="00D14212" w:rsidP="00323480">
+      <w:r w:rsidR="007C35F3" w:rsidRPr="00FF3063">
+        <w:rPr>
+          <w:rFonts w:eastAsia="MS Gothic" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Digital </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0A60F968" w14:textId="77777777" w:rsidR="007C35F3" w:rsidRPr="007B6CBD" w:rsidRDefault="007C35F3" w:rsidP="00160D3E">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:color w:val="2683C6" w:themeColor="accent2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2705191B" w14:textId="27B60B56" w:rsidR="007C35F3" w:rsidRPr="00FF3063" w:rsidRDefault="007C35F3" w:rsidP="00FF3063">
+      <w:pPr>
+        <w:pStyle w:val="Corpodetexto"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="21"/>
+        </w:numPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:right="959"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FF3063">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Qual o canal de distribuição </w:t>
+      </w:r>
+      <w:r w:rsidR="007578E5" w:rsidRPr="00FF3063">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">que considera preferível </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FF3063">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>para a entrega do(s) Material(ais) Educacional(ais)?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="08474CDE" w14:textId="3F16FAE9" w:rsidR="007C35F3" w:rsidRPr="00FF3063" w:rsidRDefault="007C35F3" w:rsidP="004D5885">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="284" w:firstLine="360"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FF3063">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>(Assinale as opções aplicáveis)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="09A0F10F" w14:textId="1A0B0F41" w:rsidR="007C35F3" w:rsidRPr="00160D3E" w:rsidRDefault="00BD21A9" w:rsidP="007C35F3">
       <w:pPr>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="709"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:eastAsia="MS Gothic" w:cstheme="minorHAnsi"/>
             <w:sz w:val="18"/>
             <w:szCs w:val="18"/>
           </w:rPr>
-          <w:id w:val="1974249017"/>
+          <w:id w:val="914132011"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
-          <w:r w:rsidR="005D7F42" w:rsidRPr="00084B03">
+          <w:r w:rsidR="007C35F3" w:rsidRPr="00160D3E">
             <w:rPr>
               <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
               <w:sz w:val="18"/>
               <w:szCs w:val="18"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
-      <w:r w:rsidR="00323480" w:rsidRPr="00084B03">
-[...8 lines deleted...]
-    <w:p w14:paraId="3BFB0C07" w14:textId="693995EF" w:rsidR="00323480" w:rsidRDefault="00D14212" w:rsidP="00323480">
+      <w:r w:rsidR="007C35F3" w:rsidRPr="00160D3E">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Em mãos</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7E4C9487" w14:textId="2D9E6D4F" w:rsidR="007C35F3" w:rsidRPr="00160D3E" w:rsidRDefault="00BD21A9" w:rsidP="007C35F3">
       <w:pPr>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="709"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:eastAsia="MS Gothic" w:cstheme="minorHAnsi"/>
             <w:sz w:val="18"/>
             <w:szCs w:val="18"/>
           </w:rPr>
-          <w:id w:val="807201142"/>
+          <w:id w:val="-1126701900"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
-          <w:r w:rsidR="00323480" w:rsidRPr="00084B03">
+          <w:r w:rsidR="007C35F3" w:rsidRPr="00160D3E">
             <w:rPr>
               <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
               <w:sz w:val="18"/>
               <w:szCs w:val="18"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
-      <w:r w:rsidR="00323480" w:rsidRPr="00084B03">
-[...8 lines deleted...]
-    <w:p w14:paraId="4ED52923" w14:textId="3D594C11" w:rsidR="00084B03" w:rsidRPr="00084B03" w:rsidRDefault="00D14212" w:rsidP="00084B03">
+      <w:r w:rsidR="007C35F3" w:rsidRPr="00160D3E">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> E-mail </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5AEAF534" w14:textId="31D43E26" w:rsidR="007C35F3" w:rsidRPr="00160D3E" w:rsidRDefault="00BD21A9" w:rsidP="007C35F3">
       <w:pPr>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="709"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:eastAsia="MS Gothic" w:cstheme="minorHAnsi"/>
             <w:sz w:val="18"/>
             <w:szCs w:val="18"/>
           </w:rPr>
-          <w:id w:val="-880556389"/>
+          <w:id w:val="740914537"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
-          <w:r w:rsidR="00725812">
+          <w:r w:rsidR="007C35F3" w:rsidRPr="00160D3E">
+            <w:rPr>
+              <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+              <w:sz w:val="18"/>
+              <w:szCs w:val="18"/>
+            </w:rPr>
+            <w:t>☐</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidR="007C35F3" w:rsidRPr="00160D3E">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> SMS com </w:t>
+      </w:r>
+      <w:r w:rsidR="007C35F3" w:rsidRPr="00160D3E">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">link </w:t>
+      </w:r>
+      <w:r w:rsidR="007C35F3" w:rsidRPr="00160D3E">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">para </w:t>
+      </w:r>
+      <w:r w:rsidR="007C35F3" w:rsidRPr="00160D3E">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>download</w:t>
+      </w:r>
+      <w:r w:rsidR="007C35F3" w:rsidRPr="00160D3E">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>/visualização</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="743C6FE6" w14:textId="3554EA16" w:rsidR="007C35F3" w:rsidRPr="00160D3E" w:rsidRDefault="00BD21A9" w:rsidP="007C35F3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="709"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:rFonts w:eastAsia="MS Gothic" w:cstheme="minorHAnsi"/>
+            <w:sz w:val="18"/>
+            <w:szCs w:val="18"/>
+          </w:rPr>
+          <w:id w:val="-1885466691"/>
+          <w14:checkbox>
+            <w14:checked w14:val="0"/>
+            <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+            <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+          </w14:checkbox>
+        </w:sdtPr>
+        <w:sdtEndPr/>
+        <w:sdtContent>
+          <w:r w:rsidR="007C35F3" w:rsidRPr="00160D3E">
+            <w:rPr>
+              <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+              <w:sz w:val="18"/>
+              <w:szCs w:val="18"/>
+            </w:rPr>
+            <w:t>☐</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidR="007C35F3" w:rsidRPr="00160D3E">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Acesso por QR </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="007C35F3" w:rsidRPr="00160D3E">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Code</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="006F2579" w:rsidRPr="00160D3E">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>, disponível</w:t>
+      </w:r>
+      <w:r w:rsidR="00600043" w:rsidRPr="00160D3E">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="007C35F3" w:rsidRPr="00160D3E">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>no folheto informativo do medicamento</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6B738843" w14:textId="35072BF8" w:rsidR="007C35F3" w:rsidRPr="00160D3E" w:rsidRDefault="00BD21A9" w:rsidP="007C35F3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="709"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:rFonts w:eastAsia="MS Gothic" w:cstheme="minorHAnsi"/>
+            <w:sz w:val="18"/>
+            <w:szCs w:val="18"/>
+          </w:rPr>
+          <w:id w:val="-1803619293"/>
+          <w14:checkbox>
+            <w14:checked w14:val="0"/>
+            <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+            <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+          </w14:checkbox>
+        </w:sdtPr>
+        <w:sdtEndPr/>
+        <w:sdtContent>
+          <w:r w:rsidR="00164EB7" w:rsidRPr="00160D3E">
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cstheme="minorHAnsi" w:hint="eastAsia"/>
               <w:sz w:val="18"/>
               <w:szCs w:val="18"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
-      <w:r w:rsidR="00084B03" w:rsidRPr="00084B03">
-[...53 lines deleted...]
-    <w:p w14:paraId="12D7FE4C" w14:textId="77777777" w:rsidR="00084B03" w:rsidRPr="008637AE" w:rsidRDefault="00084B03" w:rsidP="00323480">
+      <w:r w:rsidR="007C35F3" w:rsidRPr="00160D3E">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Acesso </w:t>
+      </w:r>
+      <w:r w:rsidR="007C35F3" w:rsidRPr="00160D3E">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>online</w:t>
+      </w:r>
+      <w:r w:rsidR="007C35F3" w:rsidRPr="00160D3E">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> através do </w:t>
+      </w:r>
+      <w:r w:rsidR="007C35F3" w:rsidRPr="00160D3E">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>website</w:t>
+      </w:r>
+      <w:r w:rsidR="007C35F3" w:rsidRPr="00160D3E">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> do INFARMED, I.P. ou do </w:t>
+      </w:r>
+      <w:r w:rsidR="007C35F3" w:rsidRPr="00160D3E">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>website</w:t>
+      </w:r>
+      <w:r w:rsidR="007C35F3" w:rsidRPr="00160D3E">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> do medicamento</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0F9B7B83" w14:textId="495CB874" w:rsidR="007C35F3" w:rsidRPr="00160D3E" w:rsidRDefault="00BD21A9" w:rsidP="007C35F3">
       <w:pPr>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="709"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
-          <w:sz w:val="20"/>
-[...149 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:i/>
+          <w:iCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:eastAsia="MS Gothic" w:cstheme="minorHAnsi"/>
             <w:sz w:val="18"/>
             <w:szCs w:val="18"/>
           </w:rPr>
-          <w:id w:val="1622035024"/>
+          <w:id w:val="-838771120"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
-          <w:r w:rsidR="00B166B3" w:rsidRPr="00B166B3">
+          <w:r w:rsidR="007C35F3" w:rsidRPr="00160D3E">
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cstheme="minorHAnsi" w:hint="eastAsia"/>
               <w:sz w:val="18"/>
               <w:szCs w:val="18"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
-      <w:r w:rsidR="00C5212E" w:rsidRPr="00B166B3">
-[...8 lines deleted...]
-    <w:p w14:paraId="05ADCB77" w14:textId="58A6349C" w:rsidR="00C5212E" w:rsidRPr="00B166B3" w:rsidRDefault="00D14212" w:rsidP="00C5212E">
+      <w:r w:rsidR="007C35F3" w:rsidRPr="00160D3E">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Acesso através de app (ex. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="007C35F3" w:rsidRPr="00160D3E">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>MySNS</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="007C35F3" w:rsidRPr="00160D3E">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="02CDB6F8" w14:textId="77777777" w:rsidR="007C35F3" w:rsidRPr="00160D3E" w:rsidRDefault="00BD21A9" w:rsidP="007C35F3">
       <w:pPr>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="709"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:eastAsia="MS Gothic" w:cstheme="minorHAnsi"/>
             <w:sz w:val="18"/>
             <w:szCs w:val="18"/>
           </w:rPr>
-          <w:id w:val="914828425"/>
+          <w:id w:val="-1544126083"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
-          <w:r w:rsidR="00C5212E" w:rsidRPr="00B166B3">
-[...44 lines deleted...]
-          <w:r w:rsidR="00084B03" w:rsidRPr="00B166B3">
+          <w:r w:rsidR="007C35F3" w:rsidRPr="00160D3E">
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cstheme="minorHAnsi" w:hint="eastAsia"/>
               <w:sz w:val="18"/>
               <w:szCs w:val="18"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
-      <w:r w:rsidR="00C5212E" w:rsidRPr="00B166B3">
+      <w:r w:rsidR="007C35F3" w:rsidRPr="00160D3E">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> Outro</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="47189F4E" w14:textId="77777777" w:rsidR="00B166B3" w:rsidRPr="00B166B3" w:rsidRDefault="00B166B3" w:rsidP="00B166B3">
+    <w:p w14:paraId="28F0EADD" w14:textId="68C07263" w:rsidR="007C35F3" w:rsidRPr="00160D3E" w:rsidRDefault="007C35F3" w:rsidP="007C35F3">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00B166B3">
-[...5 lines deleted...]
-        <w:t xml:space="preserve">Quais? </w:t>
+      <w:r w:rsidRPr="00160D3E">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Qual? </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:cstheme="minorHAnsi"/>
             <w:sz w:val="18"/>
             <w:szCs w:val="18"/>
           </w:rPr>
-          <w:id w:val="-132250919"/>
+          <w:id w:val="-114217100"/>
           <w:placeholder>
-            <w:docPart w:val="FBE4B81231084CB3AFBC22CA87E4DE39"/>
+            <w:docPart w:val="969D200D012E45B3A23F8484BE09E263"/>
           </w:placeholder>
-          <w:showingPlcHdr/>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
-          <w:r w:rsidRPr="00B166B3">
-[...7 lines deleted...]
-          </w:r>
+          <w:sdt>
+            <w:sdtPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:id w:val="-1849634857"/>
+              <w:placeholder>
+                <w:docPart w:val="856186FF59FB445287E9CCCD841B4792"/>
+              </w:placeholder>
+              <w:showingPlcHdr/>
+            </w:sdtPr>
+            <w:sdtEndPr/>
+            <w:sdtContent>
+              <w:r w:rsidR="00160D3E" w:rsidRPr="00B166B3">
+                <w:rPr>
+                  <w:rStyle w:val="TextodoMarcadordePosio"/>
+                  <w:rFonts w:cstheme="minorHAnsi"/>
+                  <w:sz w:val="18"/>
+                  <w:szCs w:val="18"/>
+                </w:rPr>
+                <w:t>Clique ou toque aqui para introduzir texto.</w:t>
+              </w:r>
+            </w:sdtContent>
+          </w:sdt>
         </w:sdtContent>
       </w:sdt>
     </w:p>
-    <w:p w14:paraId="6577DFC1" w14:textId="17691C81" w:rsidR="005D7F42" w:rsidRPr="008637AE" w:rsidRDefault="005D7F42" w:rsidP="00571D3D">
-[...290 lines deleted...]
-    <w:p w14:paraId="3C99FC17" w14:textId="3F754623" w:rsidR="00571D3D" w:rsidRPr="00B166B3" w:rsidRDefault="00571D3D" w:rsidP="009D51A6">
+    <w:p w14:paraId="4D6388F2" w14:textId="77777777" w:rsidR="00FF40F5" w:rsidRPr="007B6CBD" w:rsidRDefault="00FF40F5" w:rsidP="00160D3E">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:color w:val="2683C6" w:themeColor="accent2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3C99FC17" w14:textId="05DBF86A" w:rsidR="00571D3D" w:rsidRPr="00B166B3" w:rsidRDefault="00571D3D" w:rsidP="009D51A6">
       <w:pPr>
         <w:pStyle w:val="PargrafodaLista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="21"/>
         </w:numPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B166B3">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Microsoft Sans Serif" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">Considera que a apresentação (ex. tamanho de letra; nº páginas, imagens, </w:t>
+        <w:t>Considera que a apresentação</w:t>
+      </w:r>
+      <w:r w:rsidR="00FF40F5">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Microsoft Sans Serif" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00FF40F5" w:rsidRPr="00B166B3">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Microsoft Sans Serif" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>do</w:t>
+      </w:r>
+      <w:r w:rsidR="00FF40F5">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Microsoft Sans Serif" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>(s)</w:t>
+      </w:r>
+      <w:r w:rsidR="00FF40F5" w:rsidRPr="00B166B3">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Microsoft Sans Serif" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Materia</w:t>
+      </w:r>
+      <w:r w:rsidR="00FF40F5" w:rsidRPr="00B166B3">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>l</w:t>
+      </w:r>
+      <w:r w:rsidR="00FF40F5">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>(ais)</w:t>
+      </w:r>
+      <w:r w:rsidR="00FF40F5" w:rsidRPr="00B166B3">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Microsoft Sans Serif" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Educaciona</w:t>
+      </w:r>
+      <w:r w:rsidR="00FF40F5" w:rsidRPr="00B166B3">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>l</w:t>
+      </w:r>
+      <w:r w:rsidR="00FF40F5">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>(ais)</w:t>
+      </w:r>
+      <w:r w:rsidR="00FF40F5" w:rsidRPr="00B166B3">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Microsoft Sans Serif" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B166B3">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Microsoft Sans Serif" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(ex. tamanho de letra; nº páginas, imagens, </w:t>
       </w:r>
       <w:r w:rsidR="005D7F42" w:rsidRPr="00B166B3">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Microsoft Sans Serif" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">áudio, </w:t>
       </w:r>
       <w:r w:rsidRPr="00B166B3">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Microsoft Sans Serif" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>etc.) do</w:t>
-[...122 lines deleted...]
-    <w:p w14:paraId="6E2F8AD9" w14:textId="77777777" w:rsidR="004A6FED" w:rsidRPr="00B166B3" w:rsidRDefault="00D14212" w:rsidP="004A6FED">
+        <w:t>etc.) é adequada?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6E2F8AD9" w14:textId="77777777" w:rsidR="004A6FED" w:rsidRPr="00B166B3" w:rsidRDefault="00BD21A9" w:rsidP="004A6FED">
       <w:pPr>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="709"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:eastAsia="MS Gothic" w:cstheme="minorHAnsi"/>
             <w:sz w:val="18"/>
             <w:szCs w:val="18"/>
           </w:rPr>
           <w:id w:val="-1381005621"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="004A6FED" w:rsidRPr="00B166B3">
             <w:rPr>
               <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
               <w:sz w:val="18"/>
               <w:szCs w:val="18"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="004A6FED" w:rsidRPr="00B166B3">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> Sim</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="30EE8A1E" w14:textId="77777777" w:rsidR="004A6FED" w:rsidRPr="00B166B3" w:rsidRDefault="00D14212" w:rsidP="004A6FED">
+    <w:p w14:paraId="30EE8A1E" w14:textId="77777777" w:rsidR="004A6FED" w:rsidRPr="00B166B3" w:rsidRDefault="00BD21A9" w:rsidP="004A6FED">
       <w:pPr>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="709"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:eastAsia="MS Gothic" w:cstheme="minorHAnsi"/>
             <w:sz w:val="18"/>
             <w:szCs w:val="18"/>
           </w:rPr>
           <w:id w:val="2106450569"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="004A6FED" w:rsidRPr="00B166B3">
             <w:rPr>
               <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
               <w:sz w:val="18"/>
               <w:szCs w:val="18"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="004A6FED" w:rsidRPr="00B166B3">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> Não</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4A355EDD" w14:textId="3BA3ED24" w:rsidR="004A6FED" w:rsidRDefault="00D14212" w:rsidP="004A6FED">
+    <w:p w14:paraId="4A355EDD" w14:textId="3BA3ED24" w:rsidR="004A6FED" w:rsidRDefault="00BD21A9" w:rsidP="004A6FED">
       <w:pPr>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="709"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:eastAsia="MS Gothic" w:cstheme="minorHAnsi"/>
             <w:sz w:val="18"/>
             <w:szCs w:val="18"/>
           </w:rPr>
           <w:id w:val="157746824"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="004A6FED" w:rsidRPr="00B166B3">
             <w:rPr>
               <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
               <w:sz w:val="18"/>
               <w:szCs w:val="18"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="004A6FED" w:rsidRPr="00B166B3">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> Parcialmente</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="75A18DF0" w14:textId="49A5B9F6" w:rsidR="00B166B3" w:rsidRPr="00B166B3" w:rsidRDefault="00B166B3" w:rsidP="00B166B3">
+    <w:p w14:paraId="75A18DF0" w14:textId="07AB1B55" w:rsidR="00B166B3" w:rsidRPr="00B166B3" w:rsidRDefault="00B166B3" w:rsidP="00B166B3">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
-        <w:t xml:space="preserve">Se escolheu parcialmente, </w:t>
+        <w:t xml:space="preserve">Se escolheu </w:t>
+      </w:r>
+      <w:r w:rsidR="00F02AE0">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>“</w:t>
+      </w:r>
+      <w:r w:rsidR="000F597C">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>P</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>arcialmente</w:t>
+      </w:r>
+      <w:r w:rsidR="000F597C">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>”</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidR="00F87A73">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve">identifique </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>os pontos de melhoria:</w:t>
       </w:r>
       <w:r w:rsidRPr="00B166B3">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
@@ -5185,154 +5362,253 @@
           <w:rPr>
             <w:rFonts w:cstheme="minorHAnsi"/>
             <w:sz w:val="18"/>
             <w:szCs w:val="18"/>
           </w:rPr>
           <w:id w:val="-673263937"/>
           <w:placeholder>
             <w:docPart w:val="5A49CFE8298547F4B33D166006011347"/>
           </w:placeholder>
           <w:showingPlcHdr/>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidRPr="00B166B3">
             <w:rPr>
               <w:rStyle w:val="TextodoMarcadordePosio"/>
               <w:rFonts w:cstheme="minorHAnsi"/>
               <w:sz w:val="18"/>
               <w:szCs w:val="18"/>
             </w:rPr>
             <w:t>Clique ou toque aqui para introduzir texto.</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
     </w:p>
-    <w:p w14:paraId="1ACD4D34" w14:textId="77777777" w:rsidR="00B166B3" w:rsidRPr="00B166B3" w:rsidRDefault="00B166B3" w:rsidP="004A6FED">
-[...14 lines deleted...]
-        <w:ind w:right="957"/>
+    <w:p w14:paraId="4FFA2375" w14:textId="77777777" w:rsidR="00592C2D" w:rsidRPr="005F25A9" w:rsidRDefault="00592C2D" w:rsidP="005F25A9">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="majorBidi"/>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2B65AD0B" w14:textId="78A0E83B" w:rsidR="00571D3D" w:rsidRPr="008637AE" w:rsidRDefault="00571D3D" w:rsidP="00B21F8F">
+      <w:pPr>
+        <w:pStyle w:val="Ttulo2"/>
+        <w:spacing w:after="240"/>
+        <w:ind w:left="357"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="00B0F0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:eastAsia="pt-PT"/>
-[...10 lines deleted...]
-          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="majorBidi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008637AE">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="00B0F0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:eastAsia="pt-PT"/>
-[...1 lines deleted...]
-      </w:pPr>
+        </w:rPr>
+        <w:t>Compreensão do</w:t>
+      </w:r>
+      <w:r w:rsidR="000F597C">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="00B0F0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
       <w:r w:rsidRPr="008637AE">
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="majorBidi"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="00B0F0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:eastAsia="pt-PT"/>
-[...4 lines deleted...]
-    <w:p w14:paraId="24A7F384" w14:textId="7266B24D" w:rsidR="006D2537" w:rsidRPr="00B166B3" w:rsidRDefault="006D2537" w:rsidP="006D2537">
+        </w:rPr>
+        <w:t>s</w:t>
+      </w:r>
+      <w:r w:rsidR="000F597C">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="00B0F0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008637AE">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="00B0F0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Materia</w:t>
+      </w:r>
+      <w:r w:rsidR="000F597C">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="00B0F0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>l(a</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008637AE">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="00B0F0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>is</w:t>
+      </w:r>
+      <w:r w:rsidR="000F597C">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="00B0F0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008637AE">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="00B0F0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Educaciona</w:t>
+      </w:r>
+      <w:r w:rsidR="000F597C">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="00B0F0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>l(a</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008637AE">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="00B0F0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>is</w:t>
+      </w:r>
+      <w:r w:rsidR="000F597C">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="00B0F0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="24A7F384" w14:textId="74AFABDE" w:rsidR="006D2537" w:rsidRPr="00B166B3" w:rsidRDefault="006D2537" w:rsidP="006D2537">
       <w:pPr>
         <w:pStyle w:val="Corpodetexto"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="21"/>
         </w:numPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:right="959"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B166B3">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Leu</w:t>
       </w:r>
       <w:r w:rsidR="009302C8">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>/Viu</w:t>
       </w:r>
       <w:r w:rsidRPr="00B166B3">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve"> /Ouviu (no caso de</w:t>
+        <w:t>/Ouviu (no caso de</w:t>
       </w:r>
       <w:r w:rsidR="00B166B3" w:rsidRPr="00B166B3">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> versão</w:t>
       </w:r>
       <w:r w:rsidRPr="00B166B3">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> áudio) todo o conteúdo do</w:t>
       </w:r>
       <w:r w:rsidR="00522FCD">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
@@ -5371,204 +5647,236 @@
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> Educacional</w:t>
       </w:r>
       <w:r w:rsidR="00522FCD">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>(ais)</w:t>
       </w:r>
       <w:r w:rsidRPr="00B166B3">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>?</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:id="1" w:name="_Hlk150440354"/>
-    <w:p w14:paraId="5A35DD8D" w14:textId="77777777" w:rsidR="006D2537" w:rsidRPr="00B166B3" w:rsidRDefault="00D14212" w:rsidP="006D2537">
+    <w:bookmarkStart w:id="3" w:name="_Hlk150440354"/>
+    <w:p w14:paraId="5A35DD8D" w14:textId="77777777" w:rsidR="006D2537" w:rsidRPr="00B166B3" w:rsidRDefault="00BD21A9" w:rsidP="006D2537">
       <w:pPr>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="709"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:eastAsia="MS Gothic" w:cstheme="minorHAnsi"/>
             <w:sz w:val="18"/>
             <w:szCs w:val="18"/>
           </w:rPr>
           <w:id w:val="418921629"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="006D2537" w:rsidRPr="00B166B3">
             <w:rPr>
               <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
               <w:sz w:val="18"/>
               <w:szCs w:val="18"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="006D2537" w:rsidRPr="00B166B3">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> Sim</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:id="2" w:name="_Hlk150440255"/>
-    <w:p w14:paraId="5F8158D1" w14:textId="77777777" w:rsidR="006D2537" w:rsidRPr="00B166B3" w:rsidRDefault="00D14212" w:rsidP="006D2537">
+    <w:bookmarkStart w:id="4" w:name="_Hlk150440255"/>
+    <w:p w14:paraId="5F8158D1" w14:textId="77777777" w:rsidR="006D2537" w:rsidRPr="00B166B3" w:rsidRDefault="00BD21A9" w:rsidP="006D2537">
       <w:pPr>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="709"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:eastAsia="MS Gothic" w:cstheme="minorHAnsi"/>
             <w:sz w:val="18"/>
             <w:szCs w:val="18"/>
           </w:rPr>
           <w:id w:val="-1268538648"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="006D2537" w:rsidRPr="00B166B3">
             <w:rPr>
               <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
               <w:sz w:val="18"/>
               <w:szCs w:val="18"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="006D2537" w:rsidRPr="00B166B3">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> Não</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="003927AA" w14:textId="09D723D7" w:rsidR="006D2537" w:rsidRDefault="00D14212" w:rsidP="006D2537">
+    <w:p w14:paraId="003927AA" w14:textId="09D723D7" w:rsidR="006D2537" w:rsidRDefault="00BD21A9" w:rsidP="006D2537">
       <w:pPr>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="709"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:eastAsia="MS Gothic" w:cstheme="minorHAnsi"/>
             <w:sz w:val="18"/>
             <w:szCs w:val="18"/>
           </w:rPr>
           <w:id w:val="1137226117"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="006D2537" w:rsidRPr="00B166B3">
             <w:rPr>
               <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
               <w:sz w:val="18"/>
               <w:szCs w:val="18"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="006D2537" w:rsidRPr="00B166B3">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> Parcialmente</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7BB5892E" w14:textId="2D843CE3" w:rsidR="00B166B3" w:rsidRPr="00B166B3" w:rsidRDefault="00B166B3" w:rsidP="00B166B3">
+    <w:p w14:paraId="7BB5892E" w14:textId="18190CB2" w:rsidR="00B166B3" w:rsidRDefault="00B166B3" w:rsidP="00B166B3">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
-        <w:t xml:space="preserve">Se escolheu parcialmente, </w:t>
+        <w:t xml:space="preserve">Se escolheu </w:t>
+      </w:r>
+      <w:r w:rsidR="000F597C">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>“P</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>arcialmente</w:t>
+      </w:r>
+      <w:r w:rsidR="000F597C">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>”</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidR="00F87A73">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve">identifique </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>o motivo:</w:t>
       </w:r>
       <w:r w:rsidRPr="00B166B3">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
@@ -5577,360 +5885,503 @@
           <w:rPr>
             <w:rFonts w:cstheme="minorHAnsi"/>
             <w:sz w:val="18"/>
             <w:szCs w:val="18"/>
           </w:rPr>
           <w:id w:val="-368609040"/>
           <w:placeholder>
             <w:docPart w:val="A7CEBD5321774B3AAFE9A14932297DDE"/>
           </w:placeholder>
           <w:showingPlcHdr/>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidRPr="00B166B3">
             <w:rPr>
               <w:rStyle w:val="TextodoMarcadordePosio"/>
               <w:rFonts w:cstheme="minorHAnsi"/>
               <w:sz w:val="18"/>
               <w:szCs w:val="18"/>
             </w:rPr>
             <w:t>Clique ou toque aqui para introduzir texto.</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
     </w:p>
-    <w:bookmarkEnd w:id="1"/>
-    <w:bookmarkEnd w:id="2"/>
+    <w:p w14:paraId="1408B6BF" w14:textId="186BD186" w:rsidR="00B21F8F" w:rsidRDefault="00B21F8F" w:rsidP="00B166B3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7B51C111" w14:textId="7EB2880D" w:rsidR="00B21F8F" w:rsidRDefault="00B21F8F" w:rsidP="00B166B3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="221A4A71" w14:textId="045578B9" w:rsidR="00B21F8F" w:rsidRDefault="00B21F8F" w:rsidP="00B166B3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5E04FE8A" w14:textId="77AC71AC" w:rsidR="00B21F8F" w:rsidRDefault="00B21F8F" w:rsidP="00B166B3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2D91D7F6" w14:textId="77777777" w:rsidR="00B21F8F" w:rsidRPr="00B166B3" w:rsidRDefault="00B21F8F" w:rsidP="00B166B3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:bookmarkEnd w:id="3"/>
+    <w:bookmarkEnd w:id="4"/>
     <w:p w14:paraId="76AC3637" w14:textId="77777777" w:rsidR="00571D3D" w:rsidRPr="008637AE" w:rsidRDefault="00571D3D" w:rsidP="00571D3D">
       <w:pPr>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="709"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="47A8D72A" w14:textId="29FEFA53" w:rsidR="00571D3D" w:rsidRPr="00B166B3" w:rsidRDefault="00571D3D" w:rsidP="006D2537">
+    <w:p w14:paraId="47A8D72A" w14:textId="2604A6B0" w:rsidR="00571D3D" w:rsidRPr="00B166B3" w:rsidRDefault="000F597C" w:rsidP="006D2537">
       <w:pPr>
         <w:pStyle w:val="Corpodetexto"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="21"/>
         </w:numPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:right="959"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00B166B3">
-[...7 lines deleted...]
-        <w:t xml:space="preserve">Compreendeu </w:t>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Considera</w:t>
+      </w:r>
+      <w:r w:rsidR="00571D3D" w:rsidRPr="00B166B3">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>qu</w:t>
+      </w:r>
+      <w:r w:rsidR="00302FAC">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">e </w:t>
+      </w:r>
+      <w:r w:rsidR="00571D3D" w:rsidRPr="00B166B3">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>o conteúdo do</w:t>
+      </w:r>
+      <w:r w:rsidR="00522FCD">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>(s)</w:t>
+      </w:r>
+      <w:r w:rsidR="00571D3D" w:rsidRPr="00B166B3">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Material</w:t>
+      </w:r>
+      <w:r w:rsidR="00522FCD">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>(ais)</w:t>
+      </w:r>
+      <w:r w:rsidR="00571D3D" w:rsidRPr="00B166B3">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Educacional</w:t>
+      </w:r>
+      <w:r w:rsidR="00522FCD">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>(ais)</w:t>
       </w:r>
       <w:r w:rsidR="00ED23AE" w:rsidRPr="00B166B3">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>e considerou</w:t>
-[...59 lines deleted...]
-        <w:t>(ais)</w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">é </w:t>
       </w:r>
       <w:r w:rsidR="00ED23AE" w:rsidRPr="00B166B3">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve"> claro</w:t>
+        <w:t>claro</w:t>
       </w:r>
       <w:r w:rsidR="004A6FED" w:rsidRPr="00B166B3">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> e conciso</w:t>
       </w:r>
-      <w:r w:rsidRPr="00B166B3">
+      <w:r w:rsidR="00571D3D" w:rsidRPr="00B166B3">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>?</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="269A88BD" w14:textId="1F26B57A" w:rsidR="004A6FED" w:rsidRPr="00B166B3" w:rsidRDefault="00D14212" w:rsidP="004A6FED">
+    <w:p w14:paraId="269A88BD" w14:textId="1F26B57A" w:rsidR="004A6FED" w:rsidRPr="00B166B3" w:rsidRDefault="00BD21A9" w:rsidP="004A6FED">
       <w:pPr>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="709"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:eastAsia="MS Gothic" w:cstheme="minorHAnsi"/>
             <w:sz w:val="18"/>
             <w:szCs w:val="18"/>
           </w:rPr>
           <w:id w:val="-839380804"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="004A6FED" w:rsidRPr="00B166B3">
             <w:rPr>
               <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
               <w:sz w:val="18"/>
               <w:szCs w:val="18"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="004A6FED" w:rsidRPr="00B166B3">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> Sim</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="074DA8C9" w14:textId="233DA993" w:rsidR="004A6FED" w:rsidRPr="00B166B3" w:rsidRDefault="00D14212" w:rsidP="004A6FED">
+    <w:p w14:paraId="074DA8C9" w14:textId="233DA993" w:rsidR="004A6FED" w:rsidRPr="00B166B3" w:rsidRDefault="00BD21A9" w:rsidP="004A6FED">
       <w:pPr>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="709"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:eastAsia="MS Gothic" w:cstheme="minorHAnsi"/>
             <w:sz w:val="18"/>
             <w:szCs w:val="18"/>
           </w:rPr>
           <w:id w:val="-580529855"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="004A6FED" w:rsidRPr="00B166B3">
             <w:rPr>
               <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
               <w:sz w:val="18"/>
               <w:szCs w:val="18"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="004A6FED" w:rsidRPr="00B166B3">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> Não</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6E19E812" w14:textId="645FA0EB" w:rsidR="004A6FED" w:rsidRDefault="00D14212" w:rsidP="004A6FED">
+    <w:p w14:paraId="6E19E812" w14:textId="645FA0EB" w:rsidR="004A6FED" w:rsidRDefault="00BD21A9" w:rsidP="004A6FED">
       <w:pPr>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="709"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:eastAsia="MS Gothic" w:cstheme="minorHAnsi"/>
             <w:sz w:val="18"/>
             <w:szCs w:val="18"/>
           </w:rPr>
           <w:id w:val="-1834911031"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="004A6FED" w:rsidRPr="00B166B3">
             <w:rPr>
               <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
               <w:sz w:val="18"/>
               <w:szCs w:val="18"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="004A6FED" w:rsidRPr="00B166B3">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> Parcialmente</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1DBBBF5A" w14:textId="508E685D" w:rsidR="00B166B3" w:rsidRPr="00B166B3" w:rsidRDefault="00B166B3" w:rsidP="00B166B3">
+    <w:p w14:paraId="1DBBBF5A" w14:textId="6965D962" w:rsidR="00B166B3" w:rsidRPr="00B166B3" w:rsidRDefault="00B166B3" w:rsidP="00B166B3">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve">Se escolheu </w:t>
       </w:r>
+      <w:r w:rsidR="000F597C">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>“N</w:t>
+      </w:r>
       <w:r w:rsidR="00E02FBB">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
-        <w:t xml:space="preserve">não ou </w:t>
+        <w:t>ão</w:t>
+      </w:r>
+      <w:r w:rsidR="000F597C">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>”</w:t>
+      </w:r>
+      <w:r w:rsidR="00E02FBB">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ou </w:t>
+      </w:r>
+      <w:r w:rsidR="000F597C">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>“P</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
-        <w:t xml:space="preserve">parcialmente, </w:t>
+        <w:t>arcialmente</w:t>
+      </w:r>
+      <w:r w:rsidR="000F597C">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>”</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidR="00F87A73">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve">identifique </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>os pontos de melhoria:</w:t>
       </w:r>
       <w:r w:rsidRPr="00B166B3">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
@@ -5939,169 +6390,132 @@
           <w:rPr>
             <w:rFonts w:cstheme="minorHAnsi"/>
             <w:sz w:val="18"/>
             <w:szCs w:val="18"/>
           </w:rPr>
           <w:id w:val="-299074228"/>
           <w:placeholder>
             <w:docPart w:val="80825DBC3D3240DE8D489E10FB5DE56C"/>
           </w:placeholder>
           <w:showingPlcHdr/>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidRPr="00B166B3">
             <w:rPr>
               <w:rStyle w:val="TextodoMarcadordePosio"/>
               <w:rFonts w:cstheme="minorHAnsi"/>
               <w:sz w:val="18"/>
               <w:szCs w:val="18"/>
             </w:rPr>
             <w:t>Clique ou toque aqui para introduzir texto.</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
     </w:p>
-    <w:p w14:paraId="43AD4DC2" w14:textId="77777777" w:rsidR="00B166B3" w:rsidRPr="00B166B3" w:rsidRDefault="00B166B3" w:rsidP="004A6FED">
-[...35 lines deleted...]
-    <w:p w14:paraId="5FBC1624" w14:textId="77777777" w:rsidR="00522FCD" w:rsidRPr="00725812" w:rsidRDefault="00522FCD" w:rsidP="00522FCD">
+    <w:p w14:paraId="18B337BF" w14:textId="77777777" w:rsidR="00522FCD" w:rsidRPr="00725812" w:rsidRDefault="00522FCD" w:rsidP="00522FCD">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="4DAA48AF" w14:textId="77777777" w:rsidR="00522FCD" w:rsidRPr="00725812" w:rsidRDefault="00522FCD" w:rsidP="00522FCD">
-[...24 lines deleted...]
-          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="majorBidi"/>
+    <w:p w14:paraId="0EF795E6" w14:textId="2B46C93A" w:rsidR="00571D3D" w:rsidRPr="008637AE" w:rsidRDefault="00323480" w:rsidP="00B21F8F">
+      <w:pPr>
+        <w:pStyle w:val="Ttulo2"/>
+        <w:spacing w:after="240"/>
+        <w:ind w:left="357"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="00B0F0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:eastAsia="pt-PT"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008637AE">
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="majorBidi"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="00B0F0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:eastAsia="pt-PT"/>
         </w:rPr>
         <w:t xml:space="preserve">Adesão aos Materiais Educacionais </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="20411185" w14:textId="7020188F" w:rsidR="00323480" w:rsidRPr="00B166B3" w:rsidRDefault="00571D3D" w:rsidP="006D2537">
+    <w:p w14:paraId="20411185" w14:textId="7FDFC435" w:rsidR="00323480" w:rsidRPr="00B166B3" w:rsidRDefault="00571D3D" w:rsidP="006D2537">
       <w:pPr>
         <w:pStyle w:val="Corpodetexto"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="21"/>
         </w:numPr>
         <w:spacing w:line="362" w:lineRule="auto"/>
         <w:ind w:right="957"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B166B3">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>Seguiu as instruções indicadas no</w:t>
+        <w:t>Seguiu as instruções</w:t>
+      </w:r>
+      <w:r w:rsidR="00D44AD6">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>/recomendações</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B166B3">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> indicadas no</w:t>
       </w:r>
       <w:r w:rsidR="00522FCD">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>(s)</w:t>
       </w:r>
       <w:r w:rsidRPr="00B166B3">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> Material</w:t>
       </w:r>
       <w:r w:rsidR="00522FCD">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
@@ -6109,259 +6523,348 @@
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>(ais)</w:t>
       </w:r>
       <w:r w:rsidRPr="00B166B3">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> Educacional</w:t>
       </w:r>
       <w:r w:rsidR="00522FCD">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>(ais)</w:t>
       </w:r>
+      <w:r w:rsidR="007C35F3">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>, quando aplicável</w:t>
+      </w:r>
       <w:r w:rsidRPr="00B166B3">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...28 lines deleted...]
-        </w:rPr>
         <w:t>?</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="371256E9" w14:textId="635FAB67" w:rsidR="004A6FED" w:rsidRPr="00B166B3" w:rsidRDefault="00D14212" w:rsidP="004A6FED">
+    <w:p w14:paraId="371256E9" w14:textId="635FAB67" w:rsidR="004A6FED" w:rsidRPr="00B166B3" w:rsidRDefault="00BD21A9" w:rsidP="004A6FED">
       <w:pPr>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="709"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:eastAsia="MS Gothic" w:cstheme="minorHAnsi"/>
             <w:sz w:val="18"/>
             <w:szCs w:val="18"/>
           </w:rPr>
           <w:id w:val="1211462743"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="006D2537" w:rsidRPr="00B166B3">
             <w:rPr>
               <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
               <w:sz w:val="18"/>
               <w:szCs w:val="18"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="004A6FED" w:rsidRPr="00B166B3">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> Sim</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="559CF6A5" w14:textId="77777777" w:rsidR="004A6FED" w:rsidRPr="00B166B3" w:rsidRDefault="00D14212" w:rsidP="004A6FED">
+    <w:p w14:paraId="559CF6A5" w14:textId="77777777" w:rsidR="004A6FED" w:rsidRPr="00B166B3" w:rsidRDefault="00BD21A9" w:rsidP="004A6FED">
       <w:pPr>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="709"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:eastAsia="MS Gothic" w:cstheme="minorHAnsi"/>
             <w:sz w:val="18"/>
             <w:szCs w:val="18"/>
           </w:rPr>
           <w:id w:val="1984965292"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="004A6FED" w:rsidRPr="00B166B3">
             <w:rPr>
               <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
               <w:sz w:val="18"/>
               <w:szCs w:val="18"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="004A6FED" w:rsidRPr="00B166B3">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> Não</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="01AEF528" w14:textId="581AFCE5" w:rsidR="004A6FED" w:rsidRPr="00B166B3" w:rsidRDefault="00D14212" w:rsidP="004A6FED">
+    <w:p w14:paraId="01AEF528" w14:textId="544F5F92" w:rsidR="004A6FED" w:rsidRDefault="00BD21A9" w:rsidP="004A6FED">
       <w:pPr>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="709"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:eastAsia="MS Gothic" w:cstheme="minorHAnsi"/>
             <w:sz w:val="18"/>
             <w:szCs w:val="18"/>
           </w:rPr>
           <w:id w:val="1315384328"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="004A6FED" w:rsidRPr="00B166B3">
             <w:rPr>
               <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
               <w:sz w:val="18"/>
               <w:szCs w:val="18"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="004A6FED" w:rsidRPr="00B166B3">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> Parcialmente</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="712640EA" w14:textId="7570266E" w:rsidR="00B166B3" w:rsidRPr="00B166B3" w:rsidRDefault="00B166B3" w:rsidP="00B166B3">
+    <w:p w14:paraId="050F1563" w14:textId="419F0174" w:rsidR="007C35F3" w:rsidRPr="00B166B3" w:rsidRDefault="00BD21A9" w:rsidP="007C35F3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="709"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:rFonts w:eastAsia="MS Gothic" w:cstheme="minorHAnsi"/>
+            <w:sz w:val="18"/>
+            <w:szCs w:val="18"/>
+          </w:rPr>
+          <w:id w:val="-1730298771"/>
+          <w14:checkbox>
+            <w14:checked w14:val="0"/>
+            <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+            <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+          </w14:checkbox>
+        </w:sdtPr>
+        <w:sdtEndPr/>
+        <w:sdtContent>
+          <w:r w:rsidR="007C35F3" w:rsidRPr="00B166B3">
+            <w:rPr>
+              <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+              <w:sz w:val="18"/>
+              <w:szCs w:val="18"/>
+            </w:rPr>
+            <w:t>☐</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidR="007C35F3" w:rsidRPr="00B166B3">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="007C35F3">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Não aplicável </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="712640EA" w14:textId="127D7C81" w:rsidR="00B166B3" w:rsidRPr="00B166B3" w:rsidRDefault="00B166B3" w:rsidP="00B166B3">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
-        <w:t xml:space="preserve">Se escolheu </w:t>
+        <w:t>Se escolheu</w:t>
+      </w:r>
+      <w:r w:rsidR="00302FAC">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> “</w:t>
+      </w:r>
+      <w:r w:rsidR="000F597C">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>N</w:t>
       </w:r>
       <w:r w:rsidR="00E02FBB">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
-        <w:t xml:space="preserve">não ou </w:t>
+        <w:t>ão</w:t>
+      </w:r>
+      <w:r w:rsidR="000F597C">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>”</w:t>
+      </w:r>
+      <w:r w:rsidR="00E02FBB">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ou </w:t>
+      </w:r>
+      <w:r w:rsidR="000F597C">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>“P</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
-        <w:t xml:space="preserve">parcialmente, </w:t>
+        <w:t>arcialmente</w:t>
+      </w:r>
+      <w:r w:rsidR="000F597C">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>”</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidR="00F87A73">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve">identifique </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>o motivo:</w:t>
       </w:r>
       <w:r w:rsidRPr="00B166B3">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
@@ -6383,915 +6886,415 @@
           <w:r w:rsidRPr="00B166B3">
             <w:rPr>
               <w:rStyle w:val="TextodoMarcadordePosio"/>
               <w:rFonts w:cstheme="minorHAnsi"/>
               <w:sz w:val="18"/>
               <w:szCs w:val="18"/>
             </w:rPr>
             <w:t>Clique ou toque aqui para introduzir texto.</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
     </w:p>
     <w:p w14:paraId="20869F74" w14:textId="77777777" w:rsidR="00E02FBB" w:rsidRPr="00522FCD" w:rsidRDefault="00E02FBB" w:rsidP="00522FCD">
       <w:pPr>
         <w:pStyle w:val="Corpodetexto"/>
         <w:spacing w:line="362" w:lineRule="auto"/>
         <w:ind w:left="720" w:right="957"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="2934C562" w14:textId="590CC6B0" w:rsidR="006D2537" w:rsidRPr="00115188" w:rsidRDefault="006D2537" w:rsidP="006D2537">
-[...283 lines deleted...]
-    <w:p w14:paraId="7AB7D449" w14:textId="02E9D889" w:rsidR="001E203D" w:rsidRPr="002914AE" w:rsidRDefault="001E203D" w:rsidP="002914AE">
+    <w:p w14:paraId="1B7BA6AE" w14:textId="721F48B1" w:rsidR="005D7F42" w:rsidRDefault="001E203D" w:rsidP="006D2537">
       <w:pPr>
         <w:pStyle w:val="Corpodetexto"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="21"/>
         </w:numPr>
         <w:spacing w:line="362" w:lineRule="auto"/>
         <w:ind w:right="957"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00115188">
-[...328 lines deleted...]
-      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Considera que o(s) Material(</w:t>
       </w:r>
       <w:r w:rsidR="00B17CCD">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>a</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>is) Educacional(</w:t>
       </w:r>
       <w:r w:rsidR="00B17CCD">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>a</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">is) foi(ram) útil(eis) na gestão dos riscos por </w:t>
-[...9 lines deleted...]
-        <w:t>este</w:t>
+        <w:t xml:space="preserve">is) </w:t>
+      </w:r>
+      <w:r w:rsidR="001E1B88">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>é(são)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>(s) abordados</w:t>
+        <w:t xml:space="preserve"> útil(eis) na gestão</w:t>
+      </w:r>
+      <w:r w:rsidR="00482210">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>/prevenção</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> dos riscos </w:t>
+      </w:r>
+      <w:r w:rsidR="00302FAC">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">que </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>aborda</w:t>
+      </w:r>
+      <w:r w:rsidR="00CB0C65">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>(m)</w:t>
       </w:r>
       <w:r w:rsidR="005D7F42" w:rsidRPr="00115188">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>?</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="092B7EA0" w14:textId="3916879D" w:rsidR="001E203D" w:rsidRPr="002914AE" w:rsidRDefault="00D14212" w:rsidP="002914AE">
+    <w:p w14:paraId="092B7EA0" w14:textId="3916879D" w:rsidR="001E203D" w:rsidRPr="002914AE" w:rsidRDefault="00BD21A9" w:rsidP="002914AE">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="709"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Segoe UI Symbol"/>
             <w:sz w:val="18"/>
             <w:szCs w:val="18"/>
           </w:rPr>
           <w:id w:val="936642666"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="001E203D" w:rsidRPr="002914AE">
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Segoe UI Symbol"/>
               <w:sz w:val="18"/>
               <w:szCs w:val="18"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="001E203D" w:rsidRPr="002914AE">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> Sim</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="64A57DB7" w14:textId="77777777" w:rsidR="001E203D" w:rsidRPr="002914AE" w:rsidRDefault="00D14212" w:rsidP="002914AE">
+    <w:p w14:paraId="64A57DB7" w14:textId="77777777" w:rsidR="001E203D" w:rsidRPr="002914AE" w:rsidRDefault="00BD21A9" w:rsidP="002914AE">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="709"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
             <w:sz w:val="18"/>
             <w:szCs w:val="18"/>
           </w:rPr>
           <w:id w:val="259880824"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="001E203D" w:rsidRPr="002914AE">
             <w:rPr>
               <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
               <w:sz w:val="18"/>
               <w:szCs w:val="18"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="001E203D" w:rsidRPr="002914AE">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> Não</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3BD4BB29" w14:textId="77777777" w:rsidR="001E203D" w:rsidRPr="002914AE" w:rsidRDefault="00D14212" w:rsidP="002914AE">
+    <w:p w14:paraId="3BD4BB29" w14:textId="77777777" w:rsidR="001E203D" w:rsidRPr="002914AE" w:rsidRDefault="00BD21A9" w:rsidP="002914AE">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="709"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
             <w:sz w:val="18"/>
             <w:szCs w:val="18"/>
           </w:rPr>
           <w:id w:val="-1952237440"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="001E203D" w:rsidRPr="002914AE">
             <w:rPr>
               <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
               <w:sz w:val="18"/>
               <w:szCs w:val="18"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="001E203D" w:rsidRPr="002914AE">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> Parcialmente</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6B1CDA06" w14:textId="259004D2" w:rsidR="001E203D" w:rsidRPr="002914AE" w:rsidRDefault="001E203D" w:rsidP="002914AE">
+    <w:p w14:paraId="6B1CDA06" w14:textId="400648D2" w:rsidR="001E203D" w:rsidRPr="002914AE" w:rsidRDefault="001E203D" w:rsidP="002914AE">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="709"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002914AE">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
-        <w:t xml:space="preserve">Se escolheu não ou parcialmente, </w:t>
+        <w:t xml:space="preserve">Se escolheu </w:t>
+      </w:r>
+      <w:r w:rsidR="00302FAC">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>“N</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002914AE">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>ão</w:t>
+      </w:r>
+      <w:r w:rsidR="00302FAC">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>”</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002914AE">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ou </w:t>
+      </w:r>
+      <w:r w:rsidR="00302FAC">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>“P</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002914AE">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>arcialmente</w:t>
+      </w:r>
+      <w:r w:rsidR="00302FAC">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>”</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002914AE">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidR="00F87A73" w:rsidRPr="002914AE">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>identifi</w:t>
       </w:r>
       <w:r w:rsidR="00F87A73">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>que</w:t>
       </w:r>
       <w:r w:rsidR="00F87A73" w:rsidRPr="002914AE">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
@@ -7303,438 +7306,92 @@
         </w:rPr>
         <w:t xml:space="preserve">o motivo: </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:id w:val="-571732309"/>
           <w:placeholder>
             <w:docPart w:val="52057B08253841C494225E5FB79BFF8A"/>
           </w:placeholder>
           <w:showingPlcHdr/>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidRPr="00B166B3">
             <w:rPr>
               <w:rStyle w:val="TextodoMarcadordePosio"/>
               <w:rFonts w:cstheme="minorHAnsi"/>
               <w:sz w:val="18"/>
               <w:szCs w:val="18"/>
             </w:rPr>
             <w:t>Clique ou toque aqui para introduzir texto.</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
     </w:p>
-    <w:p w14:paraId="3F3609F2" w14:textId="7E80F770" w:rsidR="00522FCD" w:rsidRDefault="00522FCD">
-[...24 lines deleted...]
-    <w:p w14:paraId="718C892B" w14:textId="77777777" w:rsidR="00522FCD" w:rsidRPr="00725812" w:rsidRDefault="00522FCD" w:rsidP="00522FCD">
+    <w:p w14:paraId="73F7C8F7" w14:textId="77777777" w:rsidR="00522FCD" w:rsidRPr="00725812" w:rsidRDefault="00522FCD" w:rsidP="00522FCD">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="377739F9" w14:textId="77777777" w:rsidR="00522FCD" w:rsidRPr="00725812" w:rsidRDefault="00522FCD" w:rsidP="00522FCD">
-[...19 lines deleted...]
-        <w:pStyle w:val="Corpodetexto"/>
+    <w:p w14:paraId="1697C225" w14:textId="4344BA75" w:rsidR="0005367F" w:rsidRPr="00B21F8F" w:rsidRDefault="005D7F42" w:rsidP="00B21F8F">
+      <w:pPr>
+        <w:pStyle w:val="Ttulo2"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="18"/>
         </w:numPr>
-        <w:spacing w:line="362" w:lineRule="auto"/>
-[...3 lines deleted...]
-          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="majorBidi"/>
+        <w:spacing w:after="240"/>
+        <w:ind w:left="357" w:hanging="357"/>
+        <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="00B0F0"/>
-          <w:sz w:val="20"/>
-[...6 lines deleted...]
-          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="majorBidi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B21F8F">
+        <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="00B0F0"/>
-          <w:sz w:val="20"/>
-[...1 lines deleted...]
-          <w:lang w:eastAsia="pt-PT"/>
         </w:rPr>
         <w:t>Outras Observações e Sugestões</w:t>
       </w:r>
-      <w:r w:rsidR="0005367F" w:rsidRPr="008637AE">
-[...1 lines deleted...]
-          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="majorBidi"/>
+      <w:r w:rsidR="0005367F" w:rsidRPr="00B21F8F">
+        <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="00B0F0"/>
-          <w:sz w:val="20"/>
-[...1 lines deleted...]
-          <w:lang w:eastAsia="pt-PT"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="77AEA241" w14:textId="52312E5B" w:rsidR="005D7F42" w:rsidRPr="008637AE" w:rsidRDefault="005D7F42" w:rsidP="005D7F42">
-[...275 lines deleted...]
-    </w:p>
     <w:p w14:paraId="1B0AB821" w14:textId="05469BAA" w:rsidR="00522FCD" w:rsidRDefault="00522FCD" w:rsidP="00115188">
-      <w:pPr>
-[...11 lines deleted...]
-    <w:p w14:paraId="30C9E8A4" w14:textId="4CEEB30E" w:rsidR="00522FCD" w:rsidRDefault="00522FCD" w:rsidP="00115188">
       <w:pPr>
         <w:pStyle w:val="Corpodetexto"/>
         <w:spacing w:line="362" w:lineRule="auto"/>
         <w:ind w:right="957"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="7C580F9D" w14:textId="595BF55E" w:rsidR="00522FCD" w:rsidRDefault="00522FCD" w:rsidP="00115188">
       <w:pPr>
         <w:pStyle w:val="Corpodetexto"/>
         <w:spacing w:line="362" w:lineRule="auto"/>
         <w:ind w:right="957"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
@@ -7871,202 +7528,183 @@
       <w:sdtEndPr/>
       <w:sdtContent>
         <w:p w14:paraId="125C3E1D" w14:textId="76B93F2E" w:rsidR="0061376B" w:rsidRPr="008637AE" w:rsidRDefault="002738B7" w:rsidP="00B46E10">
           <w:pPr>
             <w:ind w:left="357" w:hanging="357"/>
             <w:jc w:val="right"/>
             <w:rPr>
               <w:rFonts w:cstheme="minorHAnsi"/>
               <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
           </w:pPr>
           <w:r w:rsidRPr="008637AE">
             <w:rPr>
               <w:rFonts w:cstheme="minorHAnsi"/>
               <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
             <w:t xml:space="preserve">Assinatura </w:t>
           </w:r>
         </w:p>
       </w:sdtContent>
     </w:sdt>
-    <w:p w14:paraId="3BB9BD59" w14:textId="5FA1E010" w:rsidR="00AC5846" w:rsidRPr="008637AE" w:rsidRDefault="00AC5846" w:rsidP="00B46E10">
-[...2 lines deleted...]
-        <w:jc w:val="right"/>
+    <w:p w14:paraId="44205B20" w14:textId="67AF82EE" w:rsidR="003B76ED" w:rsidRPr="008637AE" w:rsidRDefault="003B76ED" w:rsidP="00FF3063">
+      <w:pPr>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="79D8CD05" w14:textId="30AF7B11" w:rsidR="00AC5846" w:rsidRPr="008637AE" w:rsidRDefault="00AC5846" w:rsidP="004D78CE">
-[...9 lines deleted...]
-    <w:sectPr w:rsidR="00AC5846" w:rsidRPr="008637AE" w:rsidSect="00725E84">
+    <w:sectPr w:rsidR="003B76ED" w:rsidRPr="008637AE" w:rsidSect="00725E84">
       <w:headerReference w:type="default" r:id="rId10"/>
       <w:footerReference w:type="default" r:id="rId11"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="720" w:right="1841" w:bottom="720" w:left="1276" w:header="708" w:footer="430" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="40899811" w14:textId="77777777" w:rsidR="00512279" w:rsidRDefault="00512279" w:rsidP="00FB03C9">
+    <w:p w14:paraId="77B72140" w14:textId="77777777" w:rsidR="00BD21A9" w:rsidRDefault="00BD21A9" w:rsidP="00FB03C9">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="62ADA9C0" w14:textId="77777777" w:rsidR="00512279" w:rsidRDefault="00512279" w:rsidP="00FB03C9">
+    <w:p w14:paraId="1F0DEA71" w14:textId="77777777" w:rsidR="00BD21A9" w:rsidRDefault="00BD21A9" w:rsidP="00FB03C9">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Microsoft Sans Serif">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E5002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Rockwell">
     <w:panose1 w:val="02060603020205020403"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000007" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000003" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Gothic">
     <w:altName w:val="ＭＳ ゴシック"/>
     <w:panose1 w:val="020B0609070205080204"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI Symbol">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="800001E3" w:usb1="1200FFEF" w:usb2="00040000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
-  </w:font>
-[...5 lines deleted...]
-    <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Century Gothic">
     <w:panose1 w:val="020B0502020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000287" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:sdt>
     <w:sdtPr>
       <w:id w:val="62381101"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
     <w:sdtEndPr>
       <w:rPr>
         <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
         <w:sz w:val="16"/>
@@ -8191,77 +7829,125 @@
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidR="005E571B">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
             <w:r w:rsidR="00CD183F" w:rsidRPr="00266212">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:sdtContent>
         </w:sdt>
       </w:p>
     </w:sdtContent>
   </w:sdt>
-  <w:p w14:paraId="151398F8" w14:textId="77777777" w:rsidR="00CD183F" w:rsidRPr="00580D48" w:rsidRDefault="00CD183F" w:rsidP="00CD183F">
+  <w:p w14:paraId="151398F8" w14:textId="0A2FBB30" w:rsidR="00CD183F" w:rsidRPr="00580D48" w:rsidRDefault="003B76ED" w:rsidP="00CD183F">
     <w:pPr>
       <w:pStyle w:val="Rodap"/>
       <w:rPr>
         <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
     </w:pPr>
+    <w:r>
+      <w:rPr>
+        <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
+        <w:sz w:val="16"/>
+        <w:szCs w:val="16"/>
+      </w:rPr>
+      <w:t xml:space="preserve">Versão </w:t>
+    </w:r>
+    <w:r w:rsidR="00975099">
+      <w:rPr>
+        <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
+        <w:sz w:val="16"/>
+        <w:szCs w:val="16"/>
+      </w:rPr>
+      <w:t xml:space="preserve">2 </w:t>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
+        <w:sz w:val="16"/>
+        <w:szCs w:val="16"/>
+      </w:rPr>
+      <w:t xml:space="preserve">- </w:t>
+    </w:r>
+    <w:r w:rsidR="00DC7702">
+      <w:rPr>
+        <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
+        <w:sz w:val="16"/>
+        <w:szCs w:val="16"/>
+      </w:rPr>
+      <w:t>01</w:t>
+    </w:r>
+    <w:r w:rsidR="00975099">
+      <w:rPr>
+        <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
+        <w:sz w:val="16"/>
+        <w:szCs w:val="16"/>
+      </w:rPr>
+      <w:t>/</w:t>
+    </w:r>
+    <w:r w:rsidR="00DC7702">
+      <w:rPr>
+        <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
+        <w:sz w:val="16"/>
+        <w:szCs w:val="16"/>
+      </w:rPr>
+      <w:t>2026</w:t>
+    </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="33E2DD2F" w14:textId="77777777" w:rsidR="00512279" w:rsidRDefault="00512279" w:rsidP="00FB03C9">
+    <w:p w14:paraId="14C518DA" w14:textId="77777777" w:rsidR="00BD21A9" w:rsidRDefault="00BD21A9" w:rsidP="00FB03C9">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="02EBF749" w14:textId="77777777" w:rsidR="00512279" w:rsidRDefault="00512279" w:rsidP="00FB03C9">
+    <w:p w14:paraId="72101F01" w14:textId="77777777" w:rsidR="00BD21A9" w:rsidRDefault="00BD21A9" w:rsidP="00FB03C9">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:p w14:paraId="11EEFB00" w14:textId="1F8D02AC" w:rsidR="00E600AB" w:rsidRPr="00266212" w:rsidRDefault="00725E84" w:rsidP="00725E84">
     <w:pPr>
       <w:pStyle w:val="Cabealho"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="1859"/>
       </w:tabs>
       <w:rPr>
         <w:sz w:val="16"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
@@ -10935,255 +10621,356 @@
     <w:abstractNumId w:val="9"/>
   </w:num>
   <w:num w:numId="21">
     <w:abstractNumId w:val="7"/>
   </w:num>
   <w:num w:numId="22">
     <w:abstractNumId w:val="10"/>
   </w:num>
   <w:num w:numId="23">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="24">
     <w:abstractNumId w:val="8"/>
   </w:num>
   <w:num w:numId="25">
     <w:abstractNumId w:val="23"/>
   </w:num>
   <w:num w:numId="26">
     <w:abstractNumId w:val="2"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
-  <w:zoom w:percent="100"/>
+  <w:zoom w:percent="130"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:documentProtection w:edit="forms" w:enforcement="0"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:doNotShadeFormData/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="4097"/>
+    <o:shapedefaults v:ext="edit" spidmax="2049"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="0061376B"/>
     <w:rsid w:val="00006169"/>
+    <w:rsid w:val="00010125"/>
+    <w:rsid w:val="00034526"/>
     <w:rsid w:val="000401F2"/>
     <w:rsid w:val="0005367F"/>
     <w:rsid w:val="00063C0D"/>
     <w:rsid w:val="00075842"/>
+    <w:rsid w:val="00077A23"/>
     <w:rsid w:val="00084B03"/>
     <w:rsid w:val="000903AB"/>
+    <w:rsid w:val="0009067A"/>
+    <w:rsid w:val="00091CD2"/>
     <w:rsid w:val="000A3B30"/>
     <w:rsid w:val="000A6E28"/>
     <w:rsid w:val="000D1815"/>
+    <w:rsid w:val="000F1B7A"/>
+    <w:rsid w:val="000F597C"/>
     <w:rsid w:val="00113516"/>
     <w:rsid w:val="00115188"/>
+    <w:rsid w:val="0013724C"/>
+    <w:rsid w:val="00160D3E"/>
+    <w:rsid w:val="00162433"/>
+    <w:rsid w:val="00164EB7"/>
     <w:rsid w:val="0017031F"/>
     <w:rsid w:val="00182D87"/>
     <w:rsid w:val="00187666"/>
+    <w:rsid w:val="00192579"/>
     <w:rsid w:val="001C188D"/>
+    <w:rsid w:val="001C29E5"/>
     <w:rsid w:val="001D5425"/>
+    <w:rsid w:val="001E1B88"/>
     <w:rsid w:val="001E203D"/>
     <w:rsid w:val="00266212"/>
     <w:rsid w:val="002738B7"/>
     <w:rsid w:val="002914AE"/>
     <w:rsid w:val="002A23CC"/>
     <w:rsid w:val="002A5A36"/>
+    <w:rsid w:val="002A7AEC"/>
     <w:rsid w:val="002B131A"/>
+    <w:rsid w:val="002D5276"/>
+    <w:rsid w:val="00302FAC"/>
     <w:rsid w:val="00307747"/>
+    <w:rsid w:val="003209AE"/>
     <w:rsid w:val="00321305"/>
     <w:rsid w:val="0032159C"/>
     <w:rsid w:val="00323480"/>
     <w:rsid w:val="00324911"/>
+    <w:rsid w:val="00345EB2"/>
     <w:rsid w:val="003740C8"/>
+    <w:rsid w:val="00380B32"/>
     <w:rsid w:val="003A0CE1"/>
     <w:rsid w:val="003B5E77"/>
+    <w:rsid w:val="003B76ED"/>
     <w:rsid w:val="003C3EB6"/>
+    <w:rsid w:val="003C4AED"/>
+    <w:rsid w:val="003C7204"/>
     <w:rsid w:val="003D3712"/>
     <w:rsid w:val="003D44FB"/>
+    <w:rsid w:val="003E4384"/>
     <w:rsid w:val="003E6474"/>
     <w:rsid w:val="003E7DA1"/>
     <w:rsid w:val="004023D6"/>
     <w:rsid w:val="00410177"/>
+    <w:rsid w:val="00410BC7"/>
     <w:rsid w:val="004422D7"/>
     <w:rsid w:val="00444008"/>
     <w:rsid w:val="00462624"/>
     <w:rsid w:val="004763C3"/>
+    <w:rsid w:val="00482210"/>
+    <w:rsid w:val="004A5E9A"/>
     <w:rsid w:val="004A6D18"/>
     <w:rsid w:val="004A6FED"/>
+    <w:rsid w:val="004C219F"/>
+    <w:rsid w:val="004D5885"/>
     <w:rsid w:val="004D78CE"/>
+    <w:rsid w:val="004D7D30"/>
     <w:rsid w:val="00511079"/>
     <w:rsid w:val="00512279"/>
+    <w:rsid w:val="005129DB"/>
+    <w:rsid w:val="005152EE"/>
     <w:rsid w:val="00522858"/>
     <w:rsid w:val="00522FCD"/>
     <w:rsid w:val="00531256"/>
     <w:rsid w:val="00564633"/>
     <w:rsid w:val="00571D3D"/>
     <w:rsid w:val="00571FDB"/>
+    <w:rsid w:val="00577D40"/>
     <w:rsid w:val="00580D48"/>
+    <w:rsid w:val="00585A1C"/>
+    <w:rsid w:val="00592C2D"/>
     <w:rsid w:val="005D5E4C"/>
     <w:rsid w:val="005D7F42"/>
     <w:rsid w:val="005E571B"/>
+    <w:rsid w:val="005F25A9"/>
     <w:rsid w:val="005F3464"/>
+    <w:rsid w:val="005F73E3"/>
+    <w:rsid w:val="00600043"/>
+    <w:rsid w:val="006016EF"/>
+    <w:rsid w:val="0060492E"/>
     <w:rsid w:val="0061376B"/>
+    <w:rsid w:val="0062158D"/>
+    <w:rsid w:val="00636062"/>
+    <w:rsid w:val="00636397"/>
     <w:rsid w:val="00640A79"/>
     <w:rsid w:val="006470B3"/>
     <w:rsid w:val="00674621"/>
+    <w:rsid w:val="00675D93"/>
     <w:rsid w:val="00680D55"/>
     <w:rsid w:val="00694DF6"/>
+    <w:rsid w:val="006A11CD"/>
+    <w:rsid w:val="006A42A8"/>
     <w:rsid w:val="006A4B6F"/>
     <w:rsid w:val="006C19BD"/>
     <w:rsid w:val="006C300B"/>
     <w:rsid w:val="006D2537"/>
     <w:rsid w:val="006F1A07"/>
+    <w:rsid w:val="006F2579"/>
     <w:rsid w:val="00704E15"/>
     <w:rsid w:val="00706667"/>
+    <w:rsid w:val="00721843"/>
     <w:rsid w:val="007228AF"/>
     <w:rsid w:val="00722BCF"/>
     <w:rsid w:val="00725812"/>
     <w:rsid w:val="00725E84"/>
+    <w:rsid w:val="00726D04"/>
     <w:rsid w:val="007306EC"/>
     <w:rsid w:val="00732E60"/>
     <w:rsid w:val="007430CD"/>
     <w:rsid w:val="00745F50"/>
+    <w:rsid w:val="007563FC"/>
+    <w:rsid w:val="007578E5"/>
+    <w:rsid w:val="00762008"/>
+    <w:rsid w:val="00771E8A"/>
+    <w:rsid w:val="007734E0"/>
     <w:rsid w:val="00792519"/>
+    <w:rsid w:val="007943C9"/>
+    <w:rsid w:val="007B6CBD"/>
+    <w:rsid w:val="007C35F3"/>
     <w:rsid w:val="007F41F8"/>
     <w:rsid w:val="008042E1"/>
     <w:rsid w:val="0081229D"/>
     <w:rsid w:val="00813CAD"/>
+    <w:rsid w:val="00824A5D"/>
     <w:rsid w:val="00833CD8"/>
     <w:rsid w:val="00846B5A"/>
     <w:rsid w:val="008611E6"/>
     <w:rsid w:val="008637AE"/>
+    <w:rsid w:val="00886DEF"/>
     <w:rsid w:val="008967BC"/>
+    <w:rsid w:val="0090164F"/>
+    <w:rsid w:val="009160D5"/>
+    <w:rsid w:val="0091789C"/>
     <w:rsid w:val="009302C8"/>
     <w:rsid w:val="00930A1A"/>
     <w:rsid w:val="00936C22"/>
+    <w:rsid w:val="00942CB3"/>
     <w:rsid w:val="0096193B"/>
+    <w:rsid w:val="00964008"/>
+    <w:rsid w:val="00975099"/>
     <w:rsid w:val="00975AC5"/>
     <w:rsid w:val="009776B6"/>
+    <w:rsid w:val="00980AF8"/>
+    <w:rsid w:val="009874DB"/>
     <w:rsid w:val="00992BCE"/>
     <w:rsid w:val="009A13CB"/>
     <w:rsid w:val="009D51A6"/>
+    <w:rsid w:val="009D6123"/>
+    <w:rsid w:val="00A0524A"/>
+    <w:rsid w:val="00A07B3B"/>
     <w:rsid w:val="00A14857"/>
     <w:rsid w:val="00A21190"/>
+    <w:rsid w:val="00A2324E"/>
     <w:rsid w:val="00A32B20"/>
+    <w:rsid w:val="00A4189C"/>
     <w:rsid w:val="00A60D59"/>
+    <w:rsid w:val="00A71C83"/>
+    <w:rsid w:val="00A77ADF"/>
     <w:rsid w:val="00A8278F"/>
     <w:rsid w:val="00AA39A1"/>
     <w:rsid w:val="00AA7B4A"/>
     <w:rsid w:val="00AC5846"/>
     <w:rsid w:val="00AD5652"/>
     <w:rsid w:val="00AF70A5"/>
+    <w:rsid w:val="00B01955"/>
     <w:rsid w:val="00B166B3"/>
     <w:rsid w:val="00B17CCD"/>
+    <w:rsid w:val="00B21F8F"/>
+    <w:rsid w:val="00B37C05"/>
     <w:rsid w:val="00B426B0"/>
+    <w:rsid w:val="00B45B00"/>
     <w:rsid w:val="00B46E10"/>
+    <w:rsid w:val="00B4711D"/>
     <w:rsid w:val="00B5313C"/>
     <w:rsid w:val="00B633B8"/>
     <w:rsid w:val="00B822FF"/>
     <w:rsid w:val="00B86C7D"/>
     <w:rsid w:val="00B87C07"/>
     <w:rsid w:val="00BA2EAD"/>
     <w:rsid w:val="00BB3015"/>
     <w:rsid w:val="00BB63CB"/>
+    <w:rsid w:val="00BC5577"/>
     <w:rsid w:val="00BD0CF6"/>
+    <w:rsid w:val="00BD21A9"/>
     <w:rsid w:val="00BF0CCF"/>
     <w:rsid w:val="00C26AC6"/>
     <w:rsid w:val="00C27296"/>
     <w:rsid w:val="00C5212E"/>
     <w:rsid w:val="00C5447B"/>
     <w:rsid w:val="00C56102"/>
     <w:rsid w:val="00C63E63"/>
     <w:rsid w:val="00C67005"/>
+    <w:rsid w:val="00CB0C65"/>
+    <w:rsid w:val="00CC30F5"/>
     <w:rsid w:val="00CD183F"/>
     <w:rsid w:val="00CD78EF"/>
     <w:rsid w:val="00CE4F90"/>
-    <w:rsid w:val="00D14212"/>
     <w:rsid w:val="00D175AD"/>
+    <w:rsid w:val="00D44AD6"/>
     <w:rsid w:val="00D52C3F"/>
+    <w:rsid w:val="00D54B07"/>
     <w:rsid w:val="00D73F47"/>
     <w:rsid w:val="00D934B6"/>
     <w:rsid w:val="00DA4D40"/>
     <w:rsid w:val="00DB29E7"/>
+    <w:rsid w:val="00DC7702"/>
     <w:rsid w:val="00DF4981"/>
     <w:rsid w:val="00E02FBB"/>
     <w:rsid w:val="00E14610"/>
     <w:rsid w:val="00E15942"/>
+    <w:rsid w:val="00E17239"/>
     <w:rsid w:val="00E22B3D"/>
+    <w:rsid w:val="00E23B77"/>
     <w:rsid w:val="00E600AB"/>
     <w:rsid w:val="00EA29C5"/>
     <w:rsid w:val="00EA7E71"/>
     <w:rsid w:val="00ED118E"/>
     <w:rsid w:val="00ED23AE"/>
+    <w:rsid w:val="00F0019E"/>
+    <w:rsid w:val="00F02AE0"/>
     <w:rsid w:val="00F07847"/>
+    <w:rsid w:val="00F26DFB"/>
+    <w:rsid w:val="00F32BD1"/>
+    <w:rsid w:val="00F420F3"/>
+    <w:rsid w:val="00F54AAA"/>
     <w:rsid w:val="00F7502E"/>
     <w:rsid w:val="00F842D4"/>
     <w:rsid w:val="00F87A73"/>
     <w:rsid w:val="00FA1E10"/>
     <w:rsid w:val="00FA475E"/>
     <w:rsid w:val="00FB03C9"/>
+    <w:rsid w:val="00FB66A9"/>
     <w:rsid w:val="00FD0D06"/>
+    <w:rsid w:val="00FD1940"/>
+    <w:rsid w:val="00FD2F14"/>
     <w:rsid w:val="00FE30EF"/>
     <w:rsid w:val="00FE41A5"/>
+    <w:rsid w:val="00FF0A1C"/>
+    <w:rsid w:val="00FF3063"/>
+    <w:rsid w:val="00FF40F5"/>
+    <w:rsid w:val="00FF42FE"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="pt-PT"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="4097"/>
+    <o:shapedefaults v:ext="edit" spidmax="2049"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="182E222C"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{DB8B4C68-836F-4F42-B79D-372D319F7EBF}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="pt-PT" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
@@ -11550,51 +11337,51 @@
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="001E203D"/>
+    <w:rsid w:val="00FF3063"/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Ttulo1">
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Ttulo1Carter"/>
     <w:uiPriority w:val="9"/>
     <w:qFormat/>
     <w:rsid w:val="00704E15"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="240" w:after="0"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:color w:val="1481AB" w:themeColor="accent1" w:themeShade="BF"/>
       <w:sz w:val="32"/>
       <w:szCs w:val="32"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Ttulo2">
     <w:name w:val="heading 2"/>
     <w:basedOn w:val="Normal"/>
@@ -12032,91 +11819,103 @@
   </w:style>
   <w:style w:type="table" w:customStyle="1" w:styleId="TableNormal">
     <w:name w:val="Table Normal"/>
     <w:uiPriority w:val="2"/>
     <w:semiHidden/>
     <w:qFormat/>
     <w:rsid w:val="00E22B3D"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:lang w:val="en-US"/>
     </w:rPr>
     <w:tblPr>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
+  <w:style w:type="character" w:styleId="Hiperligaovisitada">
+    <w:name w:val="FollowedHyperlink"/>
+    <w:basedOn w:val="Tipodeletrapredefinidodopargrafo"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00034526"/>
+    <w:rPr>
+      <w:color w:val="B26B02" w:themeColor="followedHyperlink"/>
+      <w:u w:val="single"/>
+    </w:rPr>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:divs>
     <w:div w:id="603000888">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1922642945">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.infarmed.pt" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="glossary/document.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:info.seguranca@infarmed.pt" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.infarmed.pt/web/infarmed/cidadaos/participar" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="glossary/document.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:info.seguranca@infarmed.pt" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpg"/></Relationships>
 </file>
 
 <file path=word/glossary/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/glossary/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:glossaryDocument xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:docParts>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="F767B5BC960F47B191E72659DC4EB63A"/>
         <w:category>
           <w:name w:val="Geral"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
@@ -12274,210 +12073,50 @@
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{DAAB213A-C7A2-45BA-88E0-BDACEC0A61B2}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p w:rsidR="00154BC0" w:rsidRDefault="004C7FAE" w:rsidP="004C7FAE">
           <w:pPr>
             <w:pStyle w:val="2775CA2D38144A4AACA3F2C5B56E358D"/>
           </w:pPr>
           <w:r w:rsidRPr="000A6E28">
             <w:rPr>
               <w:rStyle w:val="TextodoMarcadordePosio"/>
               <w:rFonts w:cstheme="minorHAnsi"/>
               <w:sz w:val="18"/>
               <w:szCs w:val="20"/>
             </w:rPr>
             <w:t>Clique ou toque aqui para introduzir texto.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
-        <w:name w:val="1653564F78E846C390975E8C8D9B288B"/>
-[...158 lines deleted...]
-      <w:docPartPr>
         <w:name w:val="47D5EAC6E1524B5BB44E3CBBCEF4A837"/>
         <w:category>
           <w:name w:val="Geral"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{C7F9A860-CA97-4A4E-8E4F-44BC042896E1}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p w:rsidR="00154BC0" w:rsidRDefault="004C7FAE" w:rsidP="004C7FAE">
           <w:pPr>
             <w:pStyle w:val="47D5EAC6E1524B5BB44E3CBBCEF4A837"/>
           </w:pPr>
           <w:r w:rsidRPr="000A6E28">
             <w:rPr>
               <w:rStyle w:val="TextodoMarcadordePosio"/>
               <w:rFonts w:cstheme="minorHAnsi"/>
               <w:sz w:val="18"/>
               <w:szCs w:val="20"/>
             </w:rPr>
@@ -12547,114 +12186,50 @@
             </w:rPr>
             <w:t>Clique ou toque aqui para introduzir texto.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="6D8613EF49E04689837A86EF0225FFD0"/>
         <w:category>
           <w:name w:val="Geral"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{39663467-F2EF-4A61-9701-3C3B9B0C5F87}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p w:rsidR="00154BC0" w:rsidRDefault="004C7FAE" w:rsidP="004C7FAE">
           <w:pPr>
             <w:pStyle w:val="6D8613EF49E04689837A86EF0225FFD0"/>
-          </w:pPr>
-[...62 lines deleted...]
-            <w:pStyle w:val="FBE4B81231084CB3AFBC22CA87E4DE39"/>
           </w:pPr>
           <w:r w:rsidRPr="000A6E28">
             <w:rPr>
               <w:rStyle w:val="TextodoMarcadordePosio"/>
               <w:rFonts w:cstheme="minorHAnsi"/>
               <w:sz w:val="18"/>
               <w:szCs w:val="20"/>
             </w:rPr>
             <w:t>Clique ou toque aqui para introduzir texto.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="5A49CFE8298547F4B33D166006011347"/>
         <w:category>
           <w:name w:val="Geral"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
@@ -12784,202 +12359,382 @@
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{34F6451F-FB4A-437B-AD11-0AE9D7AFDE9E}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p w:rsidR="007C2EC8" w:rsidRDefault="003D1196" w:rsidP="003D1196">
           <w:pPr>
             <w:pStyle w:val="52057B08253841C494225E5FB79BFF8A"/>
           </w:pPr>
           <w:r w:rsidRPr="000A6E28">
             <w:rPr>
               <w:rStyle w:val="TextodoMarcadordePosio"/>
               <w:rFonts w:cstheme="minorHAnsi"/>
               <w:sz w:val="18"/>
               <w:szCs w:val="20"/>
             </w:rPr>
             <w:t>Clique ou toque aqui para introduzir texto.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="EEAEC405302544A0B62476144E90326B"/>
+        <w:category>
+          <w:name w:val="Geral"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{265D732F-2385-401F-9807-A83C7D16F50B}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="0047290A" w:rsidRDefault="00862D43" w:rsidP="00862D43">
+          <w:pPr>
+            <w:pStyle w:val="EEAEC405302544A0B62476144E90326B"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00732E60">
+            <w:rPr>
+              <w:rStyle w:val="TextodoMarcadordePosio"/>
+              <w:rFonts w:cstheme="minorHAnsi"/>
+              <w:sz w:val="18"/>
+              <w:szCs w:val="20"/>
+            </w:rPr>
+            <w:t>Clique ou toque aqui para introduzir texto.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="39678F2EF2374BCCB5C42C30E1EC270E"/>
+        <w:category>
+          <w:name w:val="Geral"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{480EAD8F-BDA5-4115-849F-CA6674E3734B}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="0047290A" w:rsidRDefault="00862D43" w:rsidP="00862D43">
+          <w:pPr>
+            <w:pStyle w:val="39678F2EF2374BCCB5C42C30E1EC270E"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00732E60">
+            <w:rPr>
+              <w:rStyle w:val="TextodoMarcadordePosio"/>
+              <w:rFonts w:cstheme="minorHAnsi"/>
+              <w:sz w:val="18"/>
+              <w:szCs w:val="20"/>
+            </w:rPr>
+            <w:t>Clique ou toque aqui para introduzir texto.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="5F55E21AF5A445C7BA142F410355B852"/>
+        <w:category>
+          <w:name w:val="Geral"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{F940BFB8-C852-48D3-B729-A13D9DDEA008}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="0047290A" w:rsidRDefault="00862D43" w:rsidP="00862D43">
+          <w:pPr>
+            <w:pStyle w:val="5F55E21AF5A445C7BA142F410355B852"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00732E60">
+            <w:rPr>
+              <w:rStyle w:val="TextodoMarcadordePosio"/>
+              <w:rFonts w:cstheme="minorHAnsi"/>
+              <w:sz w:val="18"/>
+              <w:szCs w:val="20"/>
+            </w:rPr>
+            <w:t>Clique ou toque aqui para introduzir texto.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="969D200D012E45B3A23F8484BE09E263"/>
+        <w:category>
+          <w:name w:val="Geral"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{CB0570E1-81A5-4F3E-AF98-320202D27BD2}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00BA70CF" w:rsidRDefault="00F52BE0" w:rsidP="00F52BE0">
+          <w:pPr>
+            <w:pStyle w:val="969D200D012E45B3A23F8484BE09E263"/>
+          </w:pPr>
+          <w:r w:rsidRPr="000A6E28">
+            <w:rPr>
+              <w:rStyle w:val="TextodoMarcadordePosio"/>
+              <w:rFonts w:cstheme="minorHAnsi"/>
+              <w:sz w:val="18"/>
+              <w:szCs w:val="20"/>
+            </w:rPr>
+            <w:t>Clique ou toque aqui para introduzir texto.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="856186FF59FB445287E9CCCD841B4792"/>
+        <w:category>
+          <w:name w:val="Geral"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{E34BAFDD-FC71-4F83-A7CB-C5482B716633}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00631AC9" w:rsidRDefault="00920982" w:rsidP="00920982">
+          <w:pPr>
+            <w:pStyle w:val="856186FF59FB445287E9CCCD841B4792"/>
+          </w:pPr>
+          <w:r w:rsidRPr="000A6E28">
+            <w:rPr>
+              <w:rStyle w:val="TextodoMarcadordePosio"/>
+              <w:rFonts w:cstheme="minorHAnsi"/>
+              <w:sz w:val="18"/>
+              <w:szCs w:val="20"/>
+            </w:rPr>
+            <w:t>Clique ou toque aqui para introduzir texto.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
   </w:docParts>
 </w:glossaryDocument>
 </file>
 
 <file path=word/glossary/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Microsoft Sans Serif">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E5002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Rockwell">
     <w:panose1 w:val="02060603020205020403"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000007" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000003" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Gothic">
     <w:altName w:val="ＭＳ ゴシック"/>
     <w:panose1 w:val="020B0609070205080204"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI Symbol">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="800001E3" w:usb1="1200FFEF" w:usb2="00040000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Tahoma">
-[...5 lines deleted...]
-  </w:font>
   <w:font w:name="Century Gothic">
     <w:panose1 w:val="020B0502020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000287" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/glossary/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:view w:val="normal"/>
   <w:revisionView w:formatting="0"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00B91A2F"/>
     <w:rsid w:val="00001688"/>
+    <w:rsid w:val="00032E75"/>
     <w:rsid w:val="00087FB9"/>
+    <w:rsid w:val="0009365E"/>
     <w:rsid w:val="000E36E5"/>
+    <w:rsid w:val="00116DAC"/>
     <w:rsid w:val="001249BC"/>
     <w:rsid w:val="00154BC0"/>
     <w:rsid w:val="00220EB3"/>
+    <w:rsid w:val="0029300B"/>
+    <w:rsid w:val="003A2A1E"/>
     <w:rsid w:val="003D1196"/>
+    <w:rsid w:val="003E23C4"/>
+    <w:rsid w:val="0043439B"/>
+    <w:rsid w:val="0047290A"/>
     <w:rsid w:val="004C4307"/>
     <w:rsid w:val="004C7FAE"/>
     <w:rsid w:val="00525BEE"/>
     <w:rsid w:val="005572F6"/>
+    <w:rsid w:val="00631AC9"/>
     <w:rsid w:val="007C2EC8"/>
+    <w:rsid w:val="007D5D28"/>
     <w:rsid w:val="008233A2"/>
     <w:rsid w:val="00831A8B"/>
     <w:rsid w:val="00845669"/>
+    <w:rsid w:val="00862D43"/>
     <w:rsid w:val="008818B5"/>
+    <w:rsid w:val="008E6E22"/>
+    <w:rsid w:val="00901F15"/>
     <w:rsid w:val="00902FDA"/>
+    <w:rsid w:val="00920982"/>
+    <w:rsid w:val="009A4379"/>
+    <w:rsid w:val="00AC655C"/>
     <w:rsid w:val="00AE6A97"/>
+    <w:rsid w:val="00B05916"/>
+    <w:rsid w:val="00B2550F"/>
     <w:rsid w:val="00B91A2F"/>
+    <w:rsid w:val="00BA70CF"/>
+    <w:rsid w:val="00C260AE"/>
     <w:rsid w:val="00CE06AE"/>
     <w:rsid w:val="00D77B2F"/>
+    <w:rsid w:val="00DD0CF6"/>
+    <w:rsid w:val="00E6189C"/>
     <w:rsid w:val="00E709B9"/>
     <w:rsid w:val="00E97E8A"/>
+    <w:rsid w:val="00EA78A4"/>
     <w:rsid w:val="00ED353D"/>
+    <w:rsid w:val="00F52BE0"/>
+    <w:rsid w:val="00F76AFE"/>
     <w:rsid w:val="00F84DF8"/>
     <w:rsid w:val="00F86ECE"/>
+    <w:rsid w:val="00FB35B9"/>
+    <w:rsid w:val="00FB4C44"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="pt-PT"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w15:chartTrackingRefBased/>
 </w:settings>
 </file>
 
 <file path=word/glossary/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:docDefaults>
@@ -13389,150 +13144,142 @@
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="Semlista">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="character" w:styleId="TextodoMarcadordePosio">
     <w:name w:val="Placeholder Text"/>
     <w:basedOn w:val="Tipodeletrapredefinidodopargrafo"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
-    <w:rsid w:val="003D1196"/>
+    <w:rsid w:val="00920982"/>
     <w:rPr>
       <w:color w:val="808080"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="AEB36913E6CF45C88D0E8E72C8B58C44">
     <w:name w:val="AEB36913E6CF45C88D0E8E72C8B58C44"/>
     <w:rsid w:val="00001688"/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="A0132FDFEF924B9D8BB05E76DB67F016">
     <w:name w:val="A0132FDFEF924B9D8BB05E76DB67F016"/>
     <w:rsid w:val="00B91A2F"/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="2775CA2D38144A4AACA3F2C5B56E358D">
     <w:name w:val="2775CA2D38144A4AACA3F2C5B56E358D"/>
-    <w:rsid w:val="004C7FAE"/>
-[...2 lines deleted...]
-    <w:name w:val="1653564F78E846C390975E8C8D9B288B"/>
     <w:rsid w:val="004C7FAE"/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="D82EB4E1DBAF4371B696AFC59AFF18703">
     <w:name w:val="D82EB4E1DBAF4371B696AFC59AFF18703"/>
     <w:rsid w:val="00845669"/>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
       <w:lang w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="F767B5BC960F47B191E72659DC4EB63A3">
     <w:name w:val="F767B5BC960F47B191E72659DC4EB63A3"/>
     <w:rsid w:val="00845669"/>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
       <w:lang w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="ADA5D0CF06E34D359A8760D5F714BAF5">
-[...14 lines deleted...]
-  </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="47D5EAC6E1524B5BB44E3CBBCEF4A837">
     <w:name w:val="47D5EAC6E1524B5BB44E3CBBCEF4A837"/>
     <w:rsid w:val="004C7FAE"/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="BAB981673EAB4F2A8013709E5B7C2C75">
     <w:name w:val="BAB981673EAB4F2A8013709E5B7C2C75"/>
     <w:rsid w:val="004C7FAE"/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="7769D9FBD2EC4B4D8B1ADB1AAAA996D3">
     <w:name w:val="7769D9FBD2EC4B4D8B1ADB1AAAA996D3"/>
     <w:rsid w:val="004C7FAE"/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="6D8613EF49E04689837A86EF0225FFD0">
     <w:name w:val="6D8613EF49E04689837A86EF0225FFD0"/>
-    <w:rsid w:val="004C7FAE"/>
-[...6 lines deleted...]
-    <w:name w:val="FBE4B81231084CB3AFBC22CA87E4DE39"/>
     <w:rsid w:val="004C7FAE"/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="5A49CFE8298547F4B33D166006011347">
     <w:name w:val="5A49CFE8298547F4B33D166006011347"/>
     <w:rsid w:val="004C7FAE"/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="80825DBC3D3240DE8D489E10FB5DE56C">
     <w:name w:val="80825DBC3D3240DE8D489E10FB5DE56C"/>
     <w:rsid w:val="004C7FAE"/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="A7CEBD5321774B3AAFE9A14932297DDE">
     <w:name w:val="A7CEBD5321774B3AAFE9A14932297DDE"/>
     <w:rsid w:val="004C7FAE"/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="B0E1A081C9924430A7317FA74423DFB9">
     <w:name w:val="B0E1A081C9924430A7317FA74423DFB9"/>
     <w:rsid w:val="004C7FAE"/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="DF6A8C12F8BC4BD59D12EB147F0D9754">
     <w:name w:val="DF6A8C12F8BC4BD59D12EB147F0D9754"/>
     <w:rsid w:val="00D77B2F"/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="52057B08253841C494225E5FB79BFF8A">
     <w:name w:val="52057B08253841C494225E5FB79BFF8A"/>
     <w:rsid w:val="003D1196"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="EEAEC405302544A0B62476144E90326B">
+    <w:name w:val="EEAEC405302544A0B62476144E90326B"/>
+    <w:rsid w:val="00862D43"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="39678F2EF2374BCCB5C42C30E1EC270E">
+    <w:name w:val="39678F2EF2374BCCB5C42C30E1EC270E"/>
+    <w:rsid w:val="00862D43"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="5F55E21AF5A445C7BA142F410355B852">
+    <w:name w:val="5F55E21AF5A445C7BA142F410355B852"/>
+    <w:rsid w:val="00862D43"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="969D200D012E45B3A23F8484BE09E263">
+    <w:name w:val="969D200D012E45B3A23F8484BE09E263"/>
+    <w:rsid w:val="00F52BE0"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="856186FF59FB445287E9CCCD841B4792">
+    <w:name w:val="856186FF59FB445287E9CCCD841B4792"/>
+    <w:rsid w:val="00920982"/>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/glossary/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema do Office">
   <a:themeElements>
     <a:clrScheme name="Azul II">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="335B74"/>
       </a:dk2>
       <a:lt2>
@@ -13781,71 +13528,71 @@
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{CF749C10-E02A-49A6-B440-C3A3DBA484ED}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
-  <Pages>6</Pages>
-[...1 lines deleted...]
-  <Characters>5407</Characters>
+  <Pages>5</Pages>
+  <Words>932</Words>
+  <Characters>5038</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>45</Lines>
-  <Paragraphs>12</Paragraphs>
+  <Lines>41</Lines>
+  <Paragraphs>11</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Título</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>6396</CharactersWithSpaces>
+  <CharactersWithSpaces>5959</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>INFARMED</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>